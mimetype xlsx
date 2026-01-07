--- v0 (2025-10-22)
+++ v1 (2026-01-07)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64f0606275b94dba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra01cd135eecc4c25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Price List" sheetId="1" r:id="R1733140fe15f4741"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Price List" sheetId="1" r:id="Rca0d94d2d4f54146"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="#,##0.00\ &quot;ل.ل.‏&quot;"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="13"/>
       <x:name val="Century Gothic"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" xfId="0"/>
     <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7a4fe7c37e6c44b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R602133e7eca840a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1733140fe15f4741" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra9b72297fc2a4729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5150c501d5f14d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca0d94d2d4f54146" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="15" customWidth="1"/>
     <x:col min="2" max="2" width="15" customWidth="1"/>
     <x:col min="3" max="3" width="50" customWidth="1"/>
     <x:col min="4" max="4" width="50" customWidth="1"/>
     <x:col min="5" max="5" width="50" customWidth="1"/>
     <x:col min="6" max="6" width="50" customWidth="1"/>
     <x:col min="7" max="7" width="10" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="10" customWidth="1"/>
     <x:col min="10" max="10" width="10" customWidth="1"/>
     <x:col min="11" max="11" width="10" customWidth="1"/>
     <x:col min="12" max="12" width="10" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>ISBN</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Code</x:v>
@@ -14861,63 +14861,63 @@
       </x:c>
       <x:c r="L389" t="str">
         <x:v>غ 80</x:v>
       </x:c>
     </x:row>
     <x:row r="390">
       <x:c r="A390" t="str">
         <x:v>9789953200644</x:v>
       </x:c>
       <x:c r="B390" t="str">
         <x:v>FQHF005I</x:v>
       </x:c>
       <x:c r="C390" t="str">
         <x:v>فقه</x:v>
       </x:c>
       <x:c r="D390" t="str">
         <x:v>L´éclairement sur les lois le la Purification</x:v>
       </x:c>
       <x:c r="E390" t="str">
         <x:v>L´éclairement sur les lois le la Purification</x:v>
       </x:c>
       <x:c r="F390" t="str">
         <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G390" t="str">
-        <x:v>$2.22</x:v>
+        <x:v>$1.6</x:v>
       </x:c>
       <x:c r="H390" t="str">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I390" t="str">
         <x:v>فرنسية</x:v>
       </x:c>
       <x:c r="J390" t="str">
-        <x:v>2017</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="K390" t="str">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="L390" t="str">
         <x:v>غ 80</x:v>
       </x:c>
     </x:row>
     <x:row r="391">
       <x:c r="A391" t="str">
         <x:v>9789953207452</x:v>
       </x:c>
       <x:c r="B391" t="str">
         <x:v>AKDF014</x:v>
       </x:c>
       <x:c r="C391" t="str">
         <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D391" t="str">
         <x:v>La Réjouissance du Regard</x:v>
       </x:c>
       <x:c r="E391" t="str">
         <x:v/>
       </x:c>
       <x:c r="F391" t="str">
         <x:v>الشيخ نبيل الشريف الازهري</x:v>
       </x:c>
       <x:c r="G391" t="str">
@@ -14940,60 +14940,60 @@
       </x:c>
     </x:row>
     <x:row r="392">
       <x:c r="A392" t="str">
         <x:v>9789953206578</x:v>
       </x:c>
       <x:c r="B392" t="str">
         <x:v>AKDF004</x:v>
       </x:c>
       <x:c r="C392" t="str">
         <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D392" t="str">
         <x:v>L´explication des treize attributes de Allah</x:v>
       </x:c>
       <x:c r="E392" t="str">
         <x:v/>
       </x:c>
       <x:c r="F392" t="str">
         <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G392" t="str">
         <x:v>$2.75</x:v>
       </x:c>
       <x:c r="H392" t="str">
-        <x:v>68</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I392" t="str">
         <x:v>فرنسية</x:v>
       </x:c>
       <x:c r="J392" t="str">
-        <x:v>2013</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="K392" t="str">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="L392" t="str">
         <x:v>غ 120</x:v>
       </x:c>
     </x:row>
     <x:row r="393">
       <x:c r="A393" t="str">
         <x:v>9789953202136</x:v>
       </x:c>
       <x:c r="B393" t="str">
         <x:v>OCSNF001</x:v>
       </x:c>
       <x:c r="C393" t="str">
         <x:v>مناسبات إسلامية</x:v>
       </x:c>
       <x:c r="D393" t="str">
         <x:v>Les Senteurs Pures -FR</x:v>
       </x:c>
       <x:c r="E393" t="str">
         <x:v/>
       </x:c>
       <x:c r="F393" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G393" t="str">
@@ -18225,6448 +18225,6676 @@
       </x:c>
       <x:c r="F478" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G478" t="str">
         <x:v>$5.75</x:v>
       </x:c>
       <x:c r="H478" t="str">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I478" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J478" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K478" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L478" t="str">
         <x:v>غ 240</x:v>
       </x:c>
     </x:row>
     <x:row r="479">
       <x:c r="A479" t="str">
-        <x:v>9789953207681</x:v>
+        <x:v>9789953206608</x:v>
       </x:c>
       <x:c r="B479" t="str">
-        <x:v>HDTHA027</x:v>
+        <x:v>000000</x:v>
       </x:c>
       <x:c r="C479" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D479" t="str">
-        <x:v>إتحاف المسلم بإيضاح متشابهات صحيح مسلم ج1</x:v>
+        <x:v>La Croyance des Musulmans - عقيدة FR</x:v>
       </x:c>
       <x:c r="E479" t="str">
-        <x:v>Ithaf Al Muslim b Idah Mutashabihat Sahih Muslim 1</x:v>
+        <x:v>La Croyance des Musulmans - عقيدة FR</x:v>
       </x:c>
       <x:c r="F479" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G479" t="str">
-        <x:v>$13.33</x:v>
+        <x:v>$1.9</x:v>
       </x:c>
       <x:c r="H479" t="str">
-        <x:v>519</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I479" t="str">
-        <x:v>عربية</x:v>
+        <x:v>فرنسية</x:v>
       </x:c>
       <x:c r="J479" t="str">
-        <x:v>2014</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="K479" t="str">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="L479" t="str">
-        <x:v>غ 810</x:v>
+        <x:v>غ 40</x:v>
       </x:c>
     </x:row>
     <x:row r="480">
       <x:c r="A480" t="str">
-        <x:v>9789953207704</x:v>
+        <x:v>9789953207681</x:v>
       </x:c>
       <x:c r="B480" t="str">
-        <x:v>HDTHA028I</x:v>
+        <x:v>HDTHA027</x:v>
       </x:c>
       <x:c r="C480" t="str">
         <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D480" t="str">
-        <x:v>المنحة الربانية شرح منظومة البيقونية</x:v>
+        <x:v>إتحاف المسلم بإيضاح متشابهات صحيح مسلم ج1</x:v>
       </x:c>
       <x:c r="E480" t="str">
-        <x:v>المنحة الربانية شرح منظومة البيقونية</x:v>
+        <x:v>Ithaf Al Muslim b Idah Mutashabihat Sahih Muslim 1</x:v>
       </x:c>
       <x:c r="F480" t="str">
-        <x:v>المحدث محمد سراج بن الشيخ محمد سعيد الجبرتي</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G480" t="str">
-        <x:v>$1.8</x:v>
+        <x:v>$13.33</x:v>
       </x:c>
       <x:c r="H480" t="str">
-        <x:v>72</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I480" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J480" t="str">
-        <x:v>2024</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K480" t="str">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L480" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 810</x:v>
       </x:c>
     </x:row>
     <x:row r="481">
       <x:c r="A481" t="str">
-        <x:v>9789953207728</x:v>
+        <x:v>9789953207704</x:v>
       </x:c>
       <x:c r="B481" t="str">
-        <x:v>RDODA059I</x:v>
+        <x:v>HDTHA028I</x:v>
       </x:c>
       <x:c r="C481" t="str">
-        <x:v/>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D481" t="str">
-        <x:v>السهم السديد في ضلالة تقسيم التوحيد</x:v>
+        <x:v>المنحة الربانية شرح منظومة البيقونية</x:v>
       </x:c>
       <x:c r="E481" t="str">
-        <x:v>السهم السديد في ضلالة تقسيم التوحيد</x:v>
+        <x:v>المنحة الربانية شرح منظومة البيقونية</x:v>
       </x:c>
       <x:c r="F481" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>المحدث محمد سراج بن الشيخ محمد سعيد الجبرتي</x:v>
       </x:c>
       <x:c r="G481" t="str">
-        <x:v>$4.6</x:v>
+        <x:v>$1.8</x:v>
       </x:c>
       <x:c r="H481" t="str">
-        <x:v>160</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I481" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J481" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K481" t="str">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L481" t="str">
-        <x:v>غ 250</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="482">
       <x:c r="A482" t="str">
-        <x:v>9789953207711</x:v>
+        <x:v>9789953207728</x:v>
       </x:c>
       <x:c r="B482" t="str">
-        <x:v>AKDA081</x:v>
+        <x:v>RDODA059I</x:v>
       </x:c>
       <x:c r="C482" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D482" t="str">
-        <x:v>نور الإنصاف في كشف ظلمة الخلاف</x:v>
+        <x:v>السهم السديد في ضلالة تقسيم التوحيد</x:v>
       </x:c>
       <x:c r="E482" t="str">
-        <x:v>Nour Al Insaf fi Kashf Thulmat Al Khilaf</x:v>
+        <x:v>السهم السديد في ضلالة تقسيم التوحيد</x:v>
       </x:c>
       <x:c r="F482" t="str">
-        <x:v>الشيخ محمد أبي الهدى الصيادي الرفاعي</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G482" t="str">
-        <x:v>$3.75</x:v>
+        <x:v>$4.6</x:v>
       </x:c>
       <x:c r="H482" t="str">
-        <x:v>108</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I482" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J482" t="str">
-        <x:v>2014</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="K482" t="str">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="L482" t="str">
-        <x:v>غ 155</x:v>
+        <x:v>غ 250</x:v>
       </x:c>
     </x:row>
     <x:row r="483">
       <x:c r="A483" t="str">
-        <x:v>9789953207629</x:v>
+        <x:v>9789953207711</x:v>
       </x:c>
       <x:c r="B483" t="str">
-        <x:v>AKDA082I</x:v>
+        <x:v>AKDA081</x:v>
       </x:c>
       <x:c r="C483" t="str">
         <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D483" t="str">
-        <x:v>نور الصراط المستقيم الكاشف لطريق أهل النعيم</x:v>
+        <x:v>نور الإنصاف في كشف ظلمة الخلاف</x:v>
       </x:c>
       <x:c r="E483" t="str">
-        <x:v>Nour Al Sirat Al Kashef li Tariq Ahl Al Na^im</x:v>
+        <x:v>Nour Al Insaf fi Kashf Thulmat Al Khilaf</x:v>
       </x:c>
       <x:c r="F483" t="str">
-        <x:v>الشيخ سمير القاضي</x:v>
+        <x:v>الشيخ محمد أبي الهدى الصيادي الرفاعي</x:v>
       </x:c>
       <x:c r="G483" t="str">
-        <x:v>$10</x:v>
+        <x:v>$3.75</x:v>
       </x:c>
       <x:c r="H483" t="str">
-        <x:v>394</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I483" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J483" t="str">
-        <x:v>2015</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K483" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L483" t="str">
-        <x:v>غ 740</x:v>
+        <x:v>غ 155</x:v>
       </x:c>
     </x:row>
     <x:row r="484">
       <x:c r="A484" t="str">
-        <x:v>9789953207773</x:v>
+        <x:v>9789953207629</x:v>
       </x:c>
       <x:c r="B484" t="str">
-        <x:v>HDTHA029</x:v>
+        <x:v>AKDA082I</x:v>
       </x:c>
       <x:c r="C484" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D484" t="str">
-        <x:v>إتحاف المسلم بإيضاح متشابهات صحيح مسلم - الجزء الثاني</x:v>
+        <x:v>نور الصراط المستقيم الكاشف لطريق أهل النعيم</x:v>
       </x:c>
       <x:c r="E484" t="str">
-        <x:v>Ithaf Al Muslim b Idah Mutashabihat Sahih Muslim 2</x:v>
+        <x:v>Nour Al Sirat Al Kashef li Tariq Ahl Al Na^im</x:v>
       </x:c>
       <x:c r="F484" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>الشيخ سمير القاضي</x:v>
       </x:c>
       <x:c r="G484" t="str">
-        <x:v>$13.34</x:v>
+        <x:v>$10</x:v>
       </x:c>
       <x:c r="H484" t="str">
-        <x:v>512</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I484" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J484" t="str">
-        <x:v>2014</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="K484" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L484" t="str">
-        <x:v>غ 810</x:v>
+        <x:v>غ 740</x:v>
       </x:c>
     </x:row>
     <x:row r="485">
       <x:c r="A485" t="str">
-        <x:v>9789953207766</x:v>
+        <x:v>9789953207773</x:v>
       </x:c>
       <x:c r="B485" t="str">
-        <x:v>AKDA083</x:v>
+        <x:v>HDTHA029</x:v>
       </x:c>
       <x:c r="C485" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D485" t="str">
-        <x:v>الدرر السلطانية والفوائد الإيمانية</x:v>
+        <x:v>إتحاف المسلم بإيضاح متشابهات صحيح مسلم - الجزء الثاني</x:v>
       </x:c>
       <x:c r="E485" t="str">
-        <x:v>Al Durar Al Sultaniyya wal Fawaed Al Imaniyya</x:v>
+        <x:v>Ithaf Al Muslim b Idah Mutashabihat Sahih Muslim 2</x:v>
       </x:c>
       <x:c r="F485" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G485" t="str">
-        <x:v>$11.5</x:v>
+        <x:v>$13.34</x:v>
       </x:c>
       <x:c r="H485" t="str">
-        <x:v>624</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I485" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J485" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K485" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L485" t="str">
-        <x:v>غ 860</x:v>
+        <x:v>غ 810</x:v>
       </x:c>
     </x:row>
     <x:row r="486">
       <x:c r="A486" t="str">
-        <x:v>9789953203997</x:v>
+        <x:v>9789953207766</x:v>
       </x:c>
       <x:c r="B486" t="str">
-        <x:v>KDSTAE103</x:v>
+        <x:v>AKDA083</x:v>
       </x:c>
       <x:c r="C486" t="str">
-        <x:v>قصص</x:v>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D486" t="str">
-        <x:v>سر الدجاجة المشوية ENG</x:v>
+        <x:v>الدرر السلطانية والفوائد الإيمانية</x:v>
       </x:c>
       <x:c r="E486" t="str">
-        <x:v/>
+        <x:v>Al Durar Al Sultaniyya wal Fawaed Al Imaniyya</x:v>
       </x:c>
       <x:c r="F486" t="str">
-        <x:v>شركة دار المشاريع ناشرون</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G486" t="str">
-        <x:v>$1.66</x:v>
+        <x:v>$11.5</x:v>
       </x:c>
       <x:c r="H486" t="str">
-        <x:v>16</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="I486" t="str">
-        <x:v>عربية - إنكليزية</x:v>
+        <x:v>عربية</x:v>
       </x:c>
       <x:c r="J486" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K486" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L486" t="str">
-        <x:v>غ 50</x:v>
+        <x:v>غ 860</x:v>
       </x:c>
     </x:row>
     <x:row r="487">
       <x:c r="A487" t="str">
-        <x:v>9789953205120</x:v>
+        <x:v>9789953203997</x:v>
       </x:c>
       <x:c r="B487" t="str">
-        <x:v>KDSTAE104</x:v>
+        <x:v>KDSTAE103</x:v>
       </x:c>
       <x:c r="C487" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D487" t="str">
-        <x:v>كريمان وبخيلان ENG</x:v>
+        <x:v>سر الدجاجة المشوية ENG</x:v>
       </x:c>
       <x:c r="E487" t="str">
         <x:v/>
       </x:c>
       <x:c r="F487" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G487" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H487" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I487" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J487" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K487" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L487" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="488">
       <x:c r="A488" t="str">
-        <x:v>9789953203980</x:v>
+        <x:v>9789953205120</x:v>
       </x:c>
       <x:c r="B488" t="str">
-        <x:v>KDSTAE084</x:v>
+        <x:v>KDSTAE104</x:v>
       </x:c>
       <x:c r="C488" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D488" t="str">
-        <x:v>حية السقف ENG</x:v>
+        <x:v>كريمان وبخيلان ENG</x:v>
       </x:c>
       <x:c r="E488" t="str">
         <x:v/>
       </x:c>
       <x:c r="F488" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G488" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H488" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I488" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J488" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K488" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L488" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="489">
       <x:c r="A489" t="str">
-        <x:v>9789953205557</x:v>
+        <x:v>9789953203980</x:v>
       </x:c>
       <x:c r="B489" t="str">
-        <x:v>KDSTAE105</x:v>
+        <x:v>KDSTAE084</x:v>
       </x:c>
       <x:c r="C489" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D489" t="str">
-        <x:v>الأمانة والوفاء ENG</x:v>
+        <x:v>حية السقف ENG</x:v>
       </x:c>
       <x:c r="E489" t="str">
         <x:v/>
       </x:c>
       <x:c r="F489" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G489" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H489" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I489" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J489" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K489" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L489" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="490">
       <x:c r="A490" t="str">
-        <x:v>9789953207827</x:v>
+        <x:v>9789953205557</x:v>
       </x:c>
       <x:c r="B490" t="str">
-        <x:v>KDSTAE106</x:v>
+        <x:v>KDSTAE105</x:v>
       </x:c>
       <x:c r="C490" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D490" t="str">
-        <x:v>جيران الرضا ENG</x:v>
+        <x:v>الأمانة والوفاء ENG</x:v>
       </x:c>
       <x:c r="E490" t="str">
         <x:v/>
       </x:c>
       <x:c r="F490" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G490" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H490" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I490" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J490" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K490" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L490" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="491">
       <x:c r="A491" t="str">
-        <x:v>9789953205533</x:v>
+        <x:v>9789953207827</x:v>
       </x:c>
       <x:c r="B491" t="str">
-        <x:v>KDSTAE074</x:v>
+        <x:v>KDSTAE106</x:v>
       </x:c>
       <x:c r="C491" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D491" t="str">
-        <x:v>التابعي صلة بن الأشيم ENG</x:v>
+        <x:v>جيران الرضا ENG</x:v>
       </x:c>
       <x:c r="E491" t="str">
         <x:v/>
       </x:c>
       <x:c r="F491" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G491" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H491" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I491" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J491" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K491" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L491" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="492">
       <x:c r="A492" t="str">
-        <x:v>9789953204567</x:v>
+        <x:v>9789953205533</x:v>
       </x:c>
       <x:c r="B492" t="str">
-        <x:v>KDSTAE107</x:v>
+        <x:v>KDSTAE074</x:v>
       </x:c>
       <x:c r="C492" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D492" t="str">
-        <x:v>صياد الأفيال ENG</x:v>
+        <x:v>التابعي صلة بن الأشيم ENG</x:v>
       </x:c>
       <x:c r="E492" t="str">
         <x:v/>
       </x:c>
       <x:c r="F492" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G492" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H492" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I492" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J492" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K492" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L492" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="493">
       <x:c r="A493" t="str">
-        <x:v>9789953205311</x:v>
+        <x:v>9789953204567</x:v>
       </x:c>
       <x:c r="B493" t="str">
-        <x:v>KDSTAE109</x:v>
+        <x:v>KDSTAE107</x:v>
       </x:c>
       <x:c r="C493" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D493" t="str">
-        <x:v>الشاة المسمومة ENG</x:v>
+        <x:v>صياد الأفيال ENG</x:v>
       </x:c>
       <x:c r="E493" t="str">
         <x:v/>
       </x:c>
       <x:c r="F493" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G493" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H493" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I493" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J493" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K493" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L493" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="494">
       <x:c r="A494" t="str">
-        <x:v>9789953205335</x:v>
+        <x:v>9789953205311</x:v>
       </x:c>
       <x:c r="B494" t="str">
-        <x:v>KDSTAE110</x:v>
+        <x:v>KDSTAE109</x:v>
       </x:c>
       <x:c r="C494" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D494" t="str">
-        <x:v>تكثير التمر ببركة النبي ENG</x:v>
+        <x:v>الشاة المسمومة ENG</x:v>
       </x:c>
       <x:c r="E494" t="str">
         <x:v/>
       </x:c>
       <x:c r="F494" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G494" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H494" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I494" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J494" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K494" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L494" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="495">
       <x:c r="A495" t="str">
-        <x:v>9789953205274</x:v>
+        <x:v>9789953205335</x:v>
       </x:c>
       <x:c r="B495" t="str">
-        <x:v>KDSTAE108</x:v>
+        <x:v>KDSTAE110</x:v>
       </x:c>
       <x:c r="C495" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D495" t="str">
-        <x:v>تقوية قلب جرير ENG</x:v>
+        <x:v>تكثير التمر ببركة النبي ENG</x:v>
       </x:c>
       <x:c r="E495" t="str">
         <x:v/>
       </x:c>
       <x:c r="F495" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G495" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H495" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I495" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J495" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K495" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L495" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="496">
       <x:c r="A496" t="str">
-        <x:v>9789953204697</x:v>
+        <x:v>9789953205274</x:v>
       </x:c>
       <x:c r="B496" t="str">
-        <x:v>KDSTAF120</x:v>
+        <x:v>KDSTAE108</x:v>
       </x:c>
       <x:c r="C496" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D496" t="str">
-        <x:v>سر الدجاجة المشوية FR</x:v>
+        <x:v>تقوية قلب جرير ENG</x:v>
       </x:c>
       <x:c r="E496" t="str">
         <x:v/>
       </x:c>
       <x:c r="F496" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G496" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H496" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I496" t="str">
-        <x:v>عربية - فرنسية</x:v>
+        <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J496" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K496" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L496" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="497">
       <x:c r="A497" t="str">
-        <x:v>9789953203904</x:v>
+        <x:v>9789953204697</x:v>
       </x:c>
       <x:c r="B497" t="str">
-        <x:v>KDSTAF121</x:v>
+        <x:v>KDSTAF120</x:v>
       </x:c>
       <x:c r="C497" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D497" t="str">
-        <x:v>كريمان وبخيلان FR</x:v>
+        <x:v>سر الدجاجة المشوية FR</x:v>
       </x:c>
       <x:c r="E497" t="str">
         <x:v/>
       </x:c>
       <x:c r="F497" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G497" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H497" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I497" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J497" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K497" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L497" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="498">
       <x:c r="A498" t="str">
-        <x:v>9789953205984</x:v>
+        <x:v>9789953203904</x:v>
       </x:c>
       <x:c r="B498" t="str">
-        <x:v>KDSTAF093</x:v>
+        <x:v>KDSTAF121</x:v>
       </x:c>
       <x:c r="C498" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D498" t="str">
-        <x:v>حية السقف FR</x:v>
+        <x:v>كريمان وبخيلان FR</x:v>
       </x:c>
       <x:c r="E498" t="str">
         <x:v/>
       </x:c>
       <x:c r="F498" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G498" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H498" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I498" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J498" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K498" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L498" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="499">
       <x:c r="A499" t="str">
-        <x:v>9789953207834</x:v>
+        <x:v>9789953205984</x:v>
       </x:c>
       <x:c r="B499" t="str">
-        <x:v>KDSTAF123</x:v>
+        <x:v>KDSTAF093</x:v>
       </x:c>
       <x:c r="C499" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D499" t="str">
-        <x:v>جيران الرضا FR</x:v>
+        <x:v>حية السقف FR</x:v>
       </x:c>
       <x:c r="E499" t="str">
         <x:v/>
       </x:c>
       <x:c r="F499" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G499" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H499" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I499" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J499" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K499" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L499" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="500">
       <x:c r="A500" t="str">
-        <x:v>9789953207841</x:v>
+        <x:v>9789953207834</x:v>
       </x:c>
       <x:c r="B500" t="str">
-        <x:v>KDSTAF124</x:v>
+        <x:v>KDSTAF123</x:v>
       </x:c>
       <x:c r="C500" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D500" t="str">
-        <x:v>التابعي صلة بن الأشيم FR</x:v>
+        <x:v>جيران الرضا FR</x:v>
       </x:c>
       <x:c r="E500" t="str">
         <x:v/>
       </x:c>
       <x:c r="F500" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G500" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H500" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I500" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J500" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K500" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L500" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="501">
       <x:c r="A501" t="str">
-        <x:v>9789953205366</x:v>
+        <x:v>9789953207841</x:v>
       </x:c>
       <x:c r="B501" t="str">
-        <x:v>KDSTAF125</x:v>
+        <x:v>KDSTAF124</x:v>
       </x:c>
       <x:c r="C501" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D501" t="str">
-        <x:v>صياد الأفيال FR</x:v>
+        <x:v>التابعي صلة بن الأشيم FR</x:v>
       </x:c>
       <x:c r="E501" t="str">
         <x:v/>
       </x:c>
       <x:c r="F501" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G501" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H501" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I501" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J501" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K501" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L501" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="502">
       <x:c r="A502" t="str">
-        <x:v>9789953207810</x:v>
+        <x:v>9789953205366</x:v>
       </x:c>
       <x:c r="B502" t="str">
-        <x:v>KDSTAF122</x:v>
+        <x:v>KDSTAF125</x:v>
       </x:c>
       <x:c r="C502" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D502" t="str">
-        <x:v>الأمانة والوفاء FR</x:v>
+        <x:v>صياد الأفيال FR</x:v>
       </x:c>
       <x:c r="E502" t="str">
         <x:v/>
       </x:c>
       <x:c r="F502" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G502" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H502" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I502" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J502" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K502" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L502" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="503">
       <x:c r="A503" t="str">
-        <x:v>9789953205328</x:v>
+        <x:v>9789953207810</x:v>
       </x:c>
       <x:c r="B503" t="str">
-        <x:v>KDSTAF127</x:v>
+        <x:v>KDSTAF122</x:v>
       </x:c>
       <x:c r="C503" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D503" t="str">
-        <x:v>الشاة المسمومة FR</x:v>
+        <x:v>الأمانة والوفاء FR</x:v>
       </x:c>
       <x:c r="E503" t="str">
         <x:v/>
       </x:c>
       <x:c r="F503" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G503" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H503" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I503" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J503" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K503" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L503" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="504">
       <x:c r="A504" t="str">
-        <x:v>9789953205342</x:v>
+        <x:v>9789953205328</x:v>
       </x:c>
       <x:c r="B504" t="str">
-        <x:v>KDSTAF128</x:v>
+        <x:v>KDSTAF127</x:v>
       </x:c>
       <x:c r="C504" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D504" t="str">
-        <x:v>تكثير التمر ببركة النبي FR</x:v>
+        <x:v>الشاة المسمومة FR</x:v>
       </x:c>
       <x:c r="E504" t="str">
         <x:v/>
       </x:c>
       <x:c r="F504" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G504" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H504" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I504" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J504" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K504" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L504" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="505">
       <x:c r="A505" t="str">
-        <x:v>9789953205304</x:v>
+        <x:v>9789953205342</x:v>
       </x:c>
       <x:c r="B505" t="str">
-        <x:v>KDSTAF126</x:v>
+        <x:v>KDSTAF128</x:v>
       </x:c>
       <x:c r="C505" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D505" t="str">
-        <x:v>تقوية قلب جرير FR</x:v>
+        <x:v>تكثير التمر ببركة النبي FR</x:v>
       </x:c>
       <x:c r="E505" t="str">
         <x:v/>
       </x:c>
       <x:c r="F505" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G505" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H505" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I505" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J505" t="str">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="K505" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L505" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="506">
       <x:c r="A506" t="str">
-        <x:v>9789953207858</x:v>
+        <x:v>9789953205304</x:v>
       </x:c>
       <x:c r="B506" t="str">
-        <x:v>HDTHA031I</x:v>
+        <x:v>KDSTAF126</x:v>
       </x:c>
       <x:c r="C506" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>قصص</x:v>
       </x:c>
       <x:c r="D506" t="str">
-        <x:v>الساعة وأشراطها</x:v>
+        <x:v>تقوية قلب جرير FR</x:v>
       </x:c>
       <x:c r="E506" t="str">
-        <x:v>El Sa^a wa Ashratuha</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F506" t="str">
-        <x:v>الشيخ سليم علوان</x:v>
+        <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G506" t="str">
-        <x:v>$15.2</x:v>
+        <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H506" t="str">
-        <x:v>274</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I506" t="str">
-        <x:v>عربية</x:v>
+        <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J506" t="str">
-        <x:v>2023</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K506" t="str">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L506" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="507">
       <x:c r="A507" t="str">
-        <x:v>9789953207803</x:v>
+        <x:v>9789953207858</x:v>
       </x:c>
       <x:c r="B507" t="str">
-        <x:v>EXPA012</x:v>
+        <x:v>HDTHA031I</x:v>
       </x:c>
       <x:c r="C507" t="str">
-        <x:v>تفاسير</x:v>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D507" t="str">
-        <x:v>جواهر الأئمة في تفسير جزء عم</x:v>
+        <x:v>الساعة وأشراطها</x:v>
       </x:c>
       <x:c r="E507" t="str">
-        <x:v>Jawaher Al Aimma fi Tafsir Juz' ^amma</x:v>
+        <x:v>El Sa^a wa Ashratuha</x:v>
       </x:c>
       <x:c r="F507" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>الشيخ سليم علوان</x:v>
       </x:c>
       <x:c r="G507" t="str">
-        <x:v>$6.5</x:v>
+        <x:v>$15.2</x:v>
       </x:c>
       <x:c r="H507" t="str">
-        <x:v>240</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I507" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J507" t="str">
-        <x:v>2015</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="K507" t="str">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L507" t="str">
-        <x:v>غ 340</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="508">
       <x:c r="A508" t="str">
-        <x:v>9789953207599</x:v>
+        <x:v>9789953207803</x:v>
       </x:c>
       <x:c r="B508" t="str">
-        <x:v>OCSNE002I</x:v>
+        <x:v>EXPA012</x:v>
       </x:c>
       <x:c r="C508" t="str">
-        <x:v>مناسبات إسلامية</x:v>
+        <x:v>تفاسير</x:v>
       </x:c>
       <x:c r="D508" t="str">
-        <x:v>The Glorious Life of Muhammad</x:v>
+        <x:v>جواهر الأئمة في تفسير جزء عم</x:v>
       </x:c>
       <x:c r="E508" t="str">
-        <x:v>The Glorious Life of Muhammad</x:v>
+        <x:v>Jawaher Al Aimma fi Tafsir Juz' ^amma</x:v>
       </x:c>
       <x:c r="F508" t="str">
-        <x:v>The Association of Islamic Charitable Projects Islamic Studies Research Division</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G508" t="str">
-        <x:v>$16</x:v>
+        <x:v>$6.5</x:v>
       </x:c>
       <x:c r="H508" t="str">
-        <x:v>172</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I508" t="str">
-        <x:v>إنكليزية</x:v>
+        <x:v>عربية</x:v>
       </x:c>
       <x:c r="J508" t="str">
-        <x:v>2023</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="K508" t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L508" t="str">
-        <x:v>غ 500</x:v>
+        <x:v>غ 340</x:v>
       </x:c>
     </x:row>
     <x:row r="509">
       <x:c r="A509" t="str">
-        <x:v>9789953207797</x:v>
+        <x:v>9789953207599</x:v>
       </x:c>
       <x:c r="B509" t="str">
-        <x:v>EXPA013</x:v>
+        <x:v>OCSNE002I</x:v>
       </x:c>
       <x:c r="C509" t="str">
-        <x:v>تفاسير</x:v>
+        <x:v>مناسبات إسلامية</x:v>
       </x:c>
       <x:c r="D509" t="str">
-        <x:v>المدد القدسي</x:v>
+        <x:v>The Glorious Life of Muhammad</x:v>
       </x:c>
       <x:c r="E509" t="str">
-        <x:v>Al Madad Al Qodsi</x:v>
+        <x:v>The Glorious Life of Muhammad</x:v>
       </x:c>
       <x:c r="F509" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>The Association of Islamic Charitable Projects Islamic Studies Research Division</x:v>
       </x:c>
       <x:c r="G509" t="str">
-        <x:v>$6.75</x:v>
+        <x:v>$16</x:v>
       </x:c>
       <x:c r="H509" t="str">
-        <x:v>331</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I509" t="str">
-        <x:v>عربية</x:v>
+        <x:v>إنكليزية</x:v>
       </x:c>
       <x:c r="J509" t="str">
-        <x:v>2014</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="K509" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L509" t="str">
-        <x:v>غ 360</x:v>
+        <x:v>غ 500</x:v>
       </x:c>
     </x:row>
     <x:row r="510">
       <x:c r="A510" t="str">
-        <x:v>9789953207896</x:v>
+        <x:v>9789953207797</x:v>
       </x:c>
       <x:c r="B510" t="str">
-        <x:v>HDTHA032</x:v>
+        <x:v>EXPA013</x:v>
       </x:c>
       <x:c r="C510" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>تفاسير</x:v>
       </x:c>
       <x:c r="D510" t="str">
-        <x:v>سلسلة مكارم الأخلاق - 2</x:v>
+        <x:v>المدد القدسي</x:v>
       </x:c>
       <x:c r="E510" t="str">
-        <x:v>Makarem Al Akhlaq 2</x:v>
+        <x:v>Al Madad Al Qodsi</x:v>
       </x:c>
       <x:c r="F510" t="str">
-        <x:v>الحافظ ابن أبي الدنيا</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G510" t="str">
-        <x:v>$6.65</x:v>
+        <x:v>$6.75</x:v>
       </x:c>
       <x:c r="H510" t="str">
-        <x:v>236</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I510" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J510" t="str">
-        <x:v>2015</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K510" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L510" t="str">
-        <x:v>غ 440</x:v>
+        <x:v>غ 360</x:v>
       </x:c>
     </x:row>
     <x:row r="511">
       <x:c r="A511" t="str">
-        <x:v>9789953207902</x:v>
+        <x:v>9789953207896</x:v>
       </x:c>
       <x:c r="B511" t="str">
-        <x:v>EXPA015</x:v>
+        <x:v>HDTHA032</x:v>
       </x:c>
       <x:c r="C511" t="str">
-        <x:v>تفاسير</x:v>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D511" t="str">
-        <x:v>الدقائق المحكمة في شرح المقدمة الجزرية في التجويد</x:v>
+        <x:v>سلسلة مكارم الأخلاق - 2</x:v>
       </x:c>
       <x:c r="E511" t="str">
-        <x:v>AL Dakaek AL Mohkamah</x:v>
+        <x:v>Makarem Al Akhlaq 2</x:v>
       </x:c>
       <x:c r="F511" t="str">
-        <x:v>الشيخ زكريا الأنصاري الشافعي</x:v>
+        <x:v>الحافظ ابن أبي الدنيا</x:v>
       </x:c>
       <x:c r="G511" t="str">
-        <x:v>$3.7</x:v>
+        <x:v>$6.65</x:v>
       </x:c>
       <x:c r="H511" t="str">
-        <x:v>94</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I511" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J511" t="str">
-        <x:v>2024</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="K511" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L511" t="str">
-        <x:v>غ 150</x:v>
+        <x:v>غ 440</x:v>
       </x:c>
     </x:row>
     <x:row r="512">
       <x:c r="A512" t="str">
-        <x:v>9789953207865</x:v>
+        <x:v>9789953207902</x:v>
       </x:c>
       <x:c r="B512" t="str">
-        <x:v>0000000</x:v>
+        <x:v>EXPA015</x:v>
       </x:c>
       <x:c r="C512" t="str">
-        <x:v/>
+        <x:v>تفاسير</x:v>
       </x:c>
       <x:c r="D512" t="str">
-        <x:v>الفرقان في تصحيح ما حُرف من ءايات القرءان - ج2</x:v>
+        <x:v>الدقائق المحكمة في شرح المقدمة الجزرية في التجويد</x:v>
       </x:c>
       <x:c r="E512" t="str">
-        <x:v>الفرقان في تصحيح ما حُرف من ءايات القرءان - ج2</x:v>
+        <x:v>AL Dakaek AL Mohkamah</x:v>
       </x:c>
       <x:c r="F512" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>الشيخ زكريا الأنصاري الشافعي</x:v>
       </x:c>
       <x:c r="G512" t="str">
-        <x:v>$21.7</x:v>
+        <x:v>$3.7</x:v>
       </x:c>
       <x:c r="H512" t="str">
-        <x:v>624</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I512" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J512" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K512" t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L512" t="str">
-        <x:v>غ 1,000</x:v>
+        <x:v>غ 150</x:v>
       </x:c>
     </x:row>
     <x:row r="513">
       <x:c r="A513" t="str">
-        <x:v>9789953207933</x:v>
+        <x:v>9789953207865</x:v>
       </x:c>
       <x:c r="B513" t="str">
-        <x:v>FQHA047</x:v>
+        <x:v>0000000</x:v>
       </x:c>
       <x:c r="C513" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D513" t="str">
-        <x:v>متن الفقه الأكبر</x:v>
+        <x:v>الفرقان في تصحيح ما حُرف من ءايات القرءان - ج2</x:v>
       </x:c>
       <x:c r="E513" t="str">
-        <x:v>Matn Al Fiqh Al Akbar</x:v>
+        <x:v>الفرقان في تصحيح ما حُرف من ءايات القرءان - ج2</x:v>
       </x:c>
       <x:c r="F513" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G513" t="str">
-        <x:v>$1.65</x:v>
+        <x:v>$21.7</x:v>
       </x:c>
       <x:c r="H513" t="str">
-        <x:v>64</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="I513" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J513" t="str">
-        <x:v>2015</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="K513" t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L513" t="str">
-        <x:v>غ 60</x:v>
+        <x:v>غ 1,000</x:v>
       </x:c>
     </x:row>
     <x:row r="514">
       <x:c r="A514" t="str">
-        <x:v>9789953207926</x:v>
+        <x:v>9789953207933</x:v>
       </x:c>
       <x:c r="B514" t="str">
-        <x:v>000000</x:v>
+        <x:v>FQHA047</x:v>
       </x:c>
       <x:c r="C514" t="str">
-        <x:v/>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D514" t="str">
-        <x:v>ضياء القمرين في نجاة والدي الرسول الشريفين</x:v>
+        <x:v>متن الفقه الأكبر</x:v>
       </x:c>
       <x:c r="E514" t="str">
-        <x:v>ضياء القمرين في نجاة والدي الرسول الشريفين</x:v>
+        <x:v>Matn Al Fiqh Al Akbar</x:v>
       </x:c>
       <x:c r="F514" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G514" t="str">
-        <x:v>$5.5</x:v>
+        <x:v>$1.65</x:v>
       </x:c>
       <x:c r="H514" t="str">
-        <x:v>160</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I514" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J514" t="str">
-        <x:v>2024</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="K514" t="str">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L514" t="str">
-        <x:v>غ 170</x:v>
+        <x:v>غ 60</x:v>
       </x:c>
     </x:row>
     <x:row r="515">
       <x:c r="A515" t="str">
-        <x:v>9789953207964</x:v>
+        <x:v>9789953207926</x:v>
       </x:c>
       <x:c r="B515" t="str">
-        <x:v>RDODA064</x:v>
+        <x:v>000000</x:v>
       </x:c>
       <x:c r="C515" t="str">
-        <x:v>إرشاد</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D515" t="str">
-        <x:v>لوامع الأهلة والنجم في جوامع أدلة الرجم</x:v>
+        <x:v>ضياء القمرين في نجاة والدي الرسول الشريفين</x:v>
       </x:c>
       <x:c r="E515" t="str">
-        <x:v>Lawame^ Al Ahilla wal Najm fi Jawame^ Adillat Al Rajm</x:v>
+        <x:v>ضياء القمرين في نجاة والدي الرسول الشريفين</x:v>
       </x:c>
       <x:c r="F515" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G515" t="str">
-        <x:v>$3.9</x:v>
+        <x:v>$5.5</x:v>
       </x:c>
       <x:c r="H515" t="str">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I515" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J515" t="str">
-        <x:v>2015</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="K515" t="str">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L515" t="str">
-        <x:v>غ 150</x:v>
+        <x:v>غ 170</x:v>
       </x:c>
     </x:row>
     <x:row r="516">
       <x:c r="A516" t="str">
-        <x:v>9789953207971</x:v>
+        <x:v>9789953207964</x:v>
       </x:c>
       <x:c r="B516" t="str">
-        <x:v>HDTHA034</x:v>
+        <x:v>RDODA064</x:v>
       </x:c>
       <x:c r="C516" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>إرشاد</x:v>
       </x:c>
       <x:c r="D516" t="str">
-        <x:v>اللوامع النورانية في أسانيد الطرق الصوفية لإمام البلاد الحبشية</x:v>
+        <x:v>لوامع الأهلة والنجم في جوامع أدلة الرجم</x:v>
       </x:c>
       <x:c r="E516" t="str">
-        <x:v>Al Lawame^ Al Nouraniyya fi Asanid Al Turuq Al Soufiyya</x:v>
+        <x:v>Lawame^ Al Ahilla wal Najm fi Jawame^ Adillat Al Rajm</x:v>
       </x:c>
       <x:c r="F516" t="str">
-        <x:v>الدكتور كمال الحوت</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G516" t="str">
-        <x:v>$5</x:v>
+        <x:v>$3.9</x:v>
       </x:c>
       <x:c r="H516" t="str">
-        <x:v>284</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I516" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J516" t="str">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="K516" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L516" t="str">
-        <x:v>غ 420</x:v>
+        <x:v>غ 150</x:v>
       </x:c>
     </x:row>
     <x:row r="517">
       <x:c r="A517" t="str">
-        <x:v>9789953208015</x:v>
+        <x:v>9789953207971</x:v>
       </x:c>
       <x:c r="B517" t="str">
-        <x:v>BIOA011I</x:v>
+        <x:v>HDTHA034</x:v>
       </x:c>
       <x:c r="C517" t="str">
-        <x:v>السيرة النبوية</x:v>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D517" t="str">
-        <x:v>مختصر سيرة النبي وسيرة أصحابه العشرة</x:v>
+        <x:v>اللوامع النورانية في أسانيد الطرق الصوفية لإمام البلاد الحبشية</x:v>
       </x:c>
       <x:c r="E517" t="str">
-        <x:v>Mouktasar Sirat Al Nabiyy wa Sirat Ashabihi Al ^ashara</x:v>
+        <x:v>Al Lawame^ Al Nouraniyya fi Asanid Al Turuq Al Soufiyya</x:v>
       </x:c>
       <x:c r="F517" t="str">
-        <x:v>الإمام المحدث عبد الغني المقدسي</x:v>
+        <x:v>الدكتور كمال الحوت</x:v>
       </x:c>
       <x:c r="G517" t="str">
-        <x:v>$3.6</x:v>
+        <x:v>$5</x:v>
       </x:c>
       <x:c r="H517" t="str">
-        <x:v>141</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I517" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J517" t="str">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="K517" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L517" t="str">
-        <x:v>غ 140</x:v>
+        <x:v>غ 420</x:v>
       </x:c>
     </x:row>
     <x:row r="518">
       <x:c r="A518" t="str">
-        <x:v>9789953207995</x:v>
+        <x:v>9789953208015</x:v>
       </x:c>
       <x:c r="B518" t="str">
-        <x:v>AKDA087I</x:v>
+        <x:v>BIOA011I</x:v>
       </x:c>
       <x:c r="C518" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v>السيرة النبوية</x:v>
       </x:c>
       <x:c r="D518" t="str">
-        <x:v>قواعد مهمة وجلاء الفوائد من ثنايا القواعد</x:v>
+        <x:v>مختصر سيرة النبي وسيرة أصحابه العشرة</x:v>
       </x:c>
       <x:c r="E518" t="str">
-        <x:v>Qawaed Muhimma wa Jalaa Al Fawaed min Thanaya Al Qawaed</x:v>
+        <x:v>Mouktasar Sirat Al Nabiyy wa Sirat Ashabihi Al ^ashara</x:v>
       </x:c>
       <x:c r="F518" t="str">
-        <x:v>الشيخ سمير القاضي</x:v>
+        <x:v>الإمام المحدث عبد الغني المقدسي</x:v>
       </x:c>
       <x:c r="G518" t="str">
-        <x:v>$6.3</x:v>
+        <x:v>$3.6</x:v>
       </x:c>
       <x:c r="H518" t="str">
-        <x:v>189</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I518" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J518" t="str">
-        <x:v>2023</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="K518" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L518" t="str">
-        <x:v>غ 440</x:v>
+        <x:v>غ 140</x:v>
       </x:c>
     </x:row>
     <x:row r="519">
       <x:c r="A519" t="str">
-        <x:v>9789953208022</x:v>
+        <x:v>9789953207995</x:v>
       </x:c>
       <x:c r="B519" t="str">
-        <x:v>AKDF019I</x:v>
+        <x:v>AKDA087I</x:v>
       </x:c>
       <x:c r="C519" t="str">
         <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D519" t="str">
-        <x:v>Précis des Branches de la Foi - مختصر شعب الإيمان</x:v>
+        <x:v>قواعد مهمة وجلاء الفوائد من ثنايا القواعد</x:v>
       </x:c>
       <x:c r="E519" t="str">
-        <x:v>Précis des Branches de la Foi - مختصر شعب الإيمان</x:v>
+        <x:v>Qawaed Muhimma wa Jalaa Al Fawaed min Thanaya Al Qawaed</x:v>
       </x:c>
       <x:c r="F519" t="str">
-        <x:v>شركة دار المشاريع ناشرون</x:v>
+        <x:v>الشيخ سمير القاضي</x:v>
       </x:c>
       <x:c r="G519" t="str">
-        <x:v>$7.77</x:v>
+        <x:v>$6.3</x:v>
       </x:c>
       <x:c r="H519" t="str">
-        <x:v>219</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I519" t="str">
-        <x:v/>
+        <x:v>عربية</x:v>
       </x:c>
       <x:c r="J519" t="str">
-        <x:v>2015</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="K519" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L519" t="str">
-        <x:v>غ 330</x:v>
+        <x:v>غ 440</x:v>
       </x:c>
     </x:row>
     <x:row r="520">
       <x:c r="A520" t="str">
-        <x:v>9789953208060</x:v>
+        <x:v>9789953208022</x:v>
       </x:c>
       <x:c r="B520" t="str">
-        <x:v>RDODA066I</x:v>
+        <x:v>AKDF019I</x:v>
       </x:c>
       <x:c r="C520" t="str">
-        <x:v>إرشاد</x:v>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D520" t="str">
-        <x:v>رسالة الرد على الداعي القادياني</x:v>
+        <x:v>Précis des Branches de la Foi - مختصر شعب الإيمان</x:v>
       </x:c>
       <x:c r="E520" t="str">
-        <x:v>Risalat Al Radd ^ala al Da^i al Qadyani</x:v>
+        <x:v>Précis des Branches de la Foi - مختصر شعب الإيمان</x:v>
       </x:c>
       <x:c r="F520" t="str">
-        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+        <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G520" t="str">
-        <x:v>$3.9</x:v>
+        <x:v>$7.77</x:v>
       </x:c>
       <x:c r="H520" t="str">
-        <x:v>71</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I520" t="str">
-        <x:v>عربية</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J520" t="str">
-        <x:v>2016</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="K520" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L520" t="str">
-        <x:v>غ 260</x:v>
+        <x:v>غ 330</x:v>
       </x:c>
     </x:row>
     <x:row r="521">
       <x:c r="A521" t="str">
-        <x:v>9789953208084</x:v>
+        <x:v>9789953208060</x:v>
       </x:c>
       <x:c r="B521" t="str">
-        <x:v>000000</x:v>
+        <x:v>RDODA066I</x:v>
       </x:c>
       <x:c r="C521" t="str">
-        <x:v/>
+        <x:v>إرشاد</x:v>
       </x:c>
       <x:c r="D521" t="str">
-        <x:v>النفحات الأشعرية على الخريدة البهية</x:v>
+        <x:v>رسالة الرد على الداعي القادياني</x:v>
       </x:c>
       <x:c r="E521" t="str">
-        <x:v>Al Nafahat al Ashariyha</x:v>
+        <x:v>Risalat Al Radd ^ala al Da^i al Qadyani</x:v>
       </x:c>
       <x:c r="F521" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G521" t="str">
-        <x:v>$5.1</x:v>
+        <x:v>$3.9</x:v>
       </x:c>
       <x:c r="H521" t="str">
-        <x:v>112</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I521" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J521" t="str">
-        <x:v>2024</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="K521" t="str">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L521" t="str">
-        <x:v>غ 160</x:v>
+        <x:v>غ 260</x:v>
       </x:c>
     </x:row>
     <x:row r="522">
       <x:c r="A522" t="str">
-        <x:v>9789953208077</x:v>
+        <x:v>9789953208084</x:v>
       </x:c>
       <x:c r="B522" t="str">
-        <x:v>HDTHA035I</x:v>
+        <x:v>000000</x:v>
       </x:c>
       <x:c r="C522" t="str">
-        <x:v>السيرة النبوية</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D522" t="str">
-        <x:v>شمائل النبي صلى الله عليه وسلّم</x:v>
+        <x:v>النفحات الأشعرية على الخريدة البهية</x:v>
       </x:c>
       <x:c r="E522" t="str">
-        <x:v>Shamael Al Nabiyy</x:v>
+        <x:v>Al Nafahat al Ashariyha</x:v>
       </x:c>
       <x:c r="F522" t="str">
-        <x:v>الشيخ سمير القاضي</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G522" t="str">
-        <x:v>$9</x:v>
+        <x:v>$5.1</x:v>
       </x:c>
       <x:c r="H522" t="str">
-        <x:v>328</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I522" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J522" t="str">
-        <x:v>2016</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="K522" t="str">
-        <x:v>2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="L522" t="str">
-        <x:v>غ 640</x:v>
+        <x:v>غ 160</x:v>
       </x:c>
     </x:row>
     <x:row r="523">
       <x:c r="A523" t="str">
-        <x:v>9789953208039</x:v>
+        <x:v>9789953208077</x:v>
       </x:c>
       <x:c r="B523" t="str">
-        <x:v>HDTHA036I</x:v>
+        <x:v>HDTHA035I</x:v>
       </x:c>
       <x:c r="C523" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>السيرة النبوية</x:v>
       </x:c>
       <x:c r="D523" t="str">
-        <x:v>إتحاف المسلم بإيضاح متشابهات صحيح مسلم - ج3</x:v>
+        <x:v>شمائل النبي صلى الله عليه وسلّم</x:v>
       </x:c>
       <x:c r="E523" t="str">
-        <x:v>Ithaf Al Muslim b Idah Mutashabihat Sahih Muslim 3</x:v>
+        <x:v>Shamael Al Nabiyy</x:v>
       </x:c>
       <x:c r="F523" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>الشيخ سمير القاضي</x:v>
       </x:c>
       <x:c r="G523" t="str">
-        <x:v>$17.77</x:v>
+        <x:v>$9</x:v>
       </x:c>
       <x:c r="H523" t="str">
-        <x:v>800</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I523" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J523" t="str">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="K523" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L523" t="str">
-        <x:v>غ 1,100</x:v>
+        <x:v>غ 640</x:v>
       </x:c>
     </x:row>
     <x:row r="524">
       <x:c r="A524" t="str">
-        <x:v>9789953208008</x:v>
+        <x:v>9789953208039</x:v>
       </x:c>
       <x:c r="B524" t="str">
-        <x:v>TSWFA018I</x:v>
+        <x:v>HDTHA036I</x:v>
       </x:c>
       <x:c r="C524" t="str">
-        <x:v>تصوف</x:v>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D524" t="str">
-        <x:v>الحب الأسمى في محبة الله ورسوله المجتبى ﷺ</x:v>
+        <x:v>إتحاف المسلم بإيضاح متشابهات صحيح مسلم - ج3</x:v>
       </x:c>
       <x:c r="E524" t="str">
-        <x:v>Al Hobb Al Asma fi Mahabbat Allah wa Rasulihi</x:v>
+        <x:v>Ithaf Al Muslim b Idah Mutashabihat Sahih Muslim 3</x:v>
       </x:c>
       <x:c r="F524" t="str">
-        <x:v>الشيخ خليل دريان الازهري</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G524" t="str">
-        <x:v>$7.25</x:v>
+        <x:v>$17.77</x:v>
       </x:c>
       <x:c r="H524" t="str">
-        <x:v>176</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="I524" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J524" t="str">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="K524" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L524" t="str">
-        <x:v>غ 420</x:v>
+        <x:v>غ 1,100</x:v>
       </x:c>
     </x:row>
     <x:row r="525">
       <x:c r="A525" t="str">
-        <x:v>9789953208107</x:v>
+        <x:v>9789953208008</x:v>
       </x:c>
       <x:c r="B525" t="str">
-        <x:v>AKDA090I</x:v>
+        <x:v>TSWFA018I</x:v>
       </x:c>
       <x:c r="C525" t="str">
-        <x:v>عقيدة وفقه</x:v>
+        <x:v>تصوف</x:v>
       </x:c>
       <x:c r="D525" t="str">
-        <x:v>إظهار الإفادات من أوجز مختصرات السادة الحنفية في علم الحال</x:v>
+        <x:v>الحب الأسمى في محبة الله ورسوله المجتبى ﷺ</x:v>
       </x:c>
       <x:c r="E525" t="str">
-        <x:v>Ithhar Al Ifadat min Awjaz Mukhtasarat Al Sada Al Hanafiyya fi ^ilm Hal</x:v>
+        <x:v>Al Hobb Al Asma fi Mahabbat Allah wa Rasulihi</x:v>
       </x:c>
       <x:c r="F525" t="str">
-        <x:v>باسم الجيلاني</x:v>
+        <x:v>الشيخ خليل دريان الازهري</x:v>
       </x:c>
       <x:c r="G525" t="str">
-        <x:v>$4</x:v>
+        <x:v>$7.25</x:v>
       </x:c>
       <x:c r="H525" t="str">
-        <x:v>80</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I525" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J525" t="str">
-        <x:v>2024</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="K525" t="str">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L525" t="str">
-        <x:v>غ 103</x:v>
+        <x:v>غ 420</x:v>
       </x:c>
     </x:row>
     <x:row r="526">
       <x:c r="A526" t="str">
-        <x:v>9789953200057</x:v>
+        <x:v>9789953208107</x:v>
       </x:c>
       <x:c r="B526" t="str">
-        <x:v>KDSTAE030</x:v>
+        <x:v>AKDA090I</x:v>
       </x:c>
       <x:c r="C526" t="str">
-        <x:v>قصص</x:v>
+        <x:v>عقيدة وفقه</x:v>
       </x:c>
       <x:c r="D526" t="str">
-        <x:v>الأرنب المنقذ ENG</x:v>
+        <x:v>إظهار الإفادات من أوجز مختصرات السادة الحنفية في علم الحال</x:v>
       </x:c>
       <x:c r="E526" t="str">
-        <x:v>الأرنب المنقذ</x:v>
+        <x:v>Ithhar Al Ifadat min Awjaz Mukhtasarat Al Sada Al Hanafiyya fi ^ilm Hal</x:v>
       </x:c>
       <x:c r="F526" t="str">
-        <x:v>شركة دار المشاريع ناشرون</x:v>
+        <x:v>باسم الجيلاني</x:v>
       </x:c>
       <x:c r="G526" t="str">
-        <x:v>$1.66</x:v>
+        <x:v>$4</x:v>
       </x:c>
       <x:c r="H526" t="str">
-        <x:v>16</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I526" t="str">
-        <x:v>عربية - إنكليزية</x:v>
+        <x:v>عربية</x:v>
       </x:c>
       <x:c r="J526" t="str">
-        <x:v>2007</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="K526" t="str">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L526" t="str">
-        <x:v>غ 50</x:v>
+        <x:v>غ 103</x:v>
       </x:c>
     </x:row>
     <x:row r="527">
       <x:c r="A527" t="str">
-        <x:v>9789953208169</x:v>
+        <x:v>9789953200057</x:v>
       </x:c>
       <x:c r="B527" t="str">
-        <x:v>HDTHA037I</x:v>
+        <x:v>KDSTAE030</x:v>
       </x:c>
       <x:c r="C527" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>قصص</x:v>
       </x:c>
       <x:c r="D527" t="str">
-        <x:v>جزء في الرخصة في تقبيل اليد</x:v>
+        <x:v>الأرنب المنقذ ENG</x:v>
       </x:c>
       <x:c r="E527" t="str">
-        <x:v>Juz' fi Al Rukhsat fi Taqbil Al Yad</x:v>
+        <x:v>الأرنب المنقذ</x:v>
       </x:c>
       <x:c r="F527" t="str">
-        <x:v>الحافظ أبي بكر المعروف بابن المقرئ</x:v>
+        <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G527" t="str">
-        <x:v>$2.78</x:v>
+        <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H527" t="str">
-        <x:v>72</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I527" t="str">
-        <x:v>عربية</x:v>
+        <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J527" t="str">
-        <x:v>2016</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="K527" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L527" t="str">
-        <x:v>غ 78</x:v>
+        <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="528">
       <x:c r="A528" t="str">
-        <x:v>9789953208152</x:v>
+        <x:v>9789953208169</x:v>
       </x:c>
       <x:c r="B528" t="str">
-        <x:v>HDTHA038I</x:v>
+        <x:v>HDTHA037I</x:v>
       </x:c>
       <x:c r="C528" t="str">
         <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D528" t="str">
-        <x:v>النجوم الحسان على كتاب التبيان</x:v>
+        <x:v>جزء في الرخصة في تقبيل اليد</x:v>
       </x:c>
       <x:c r="E528" t="str">
-        <x:v>Al Nujoum Al Hisan ^ala Kitab Al Tibyan</x:v>
+        <x:v>Juz' fi Al Rukhsat fi Taqbil Al Yad</x:v>
       </x:c>
       <x:c r="F528" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>الحافظ أبي بكر المعروف بابن المقرئ</x:v>
       </x:c>
       <x:c r="G528" t="str">
-        <x:v>$8.5</x:v>
+        <x:v>$2.78</x:v>
       </x:c>
       <x:c r="H528" t="str">
-        <x:v>347</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I528" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J528" t="str">
-        <x:v>2022</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="K528" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L528" t="str">
-        <x:v>غ 665</x:v>
+        <x:v>غ 78</x:v>
       </x:c>
     </x:row>
     <x:row r="529">
       <x:c r="A529" t="str">
-        <x:v>9789953208176</x:v>
+        <x:v>9789953208152</x:v>
       </x:c>
       <x:c r="B529" t="str">
-        <x:v>HDTHA039I</x:v>
+        <x:v>HDTHA038I</x:v>
       </x:c>
       <x:c r="C529" t="str">
         <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D529" t="str">
-        <x:v>إتحاف المسلم بإيضاح متشابهات صحيح مسلم - ج4</x:v>
+        <x:v>النجوم الحسان على كتاب التبيان</x:v>
       </x:c>
       <x:c r="E529" t="str">
-        <x:v>Ithaf Al Muslim b Idah Mutashabihat Sahih Muslim 4</x:v>
+        <x:v>Al Nujoum Al Hisan ^ala Kitab Al Tibyan</x:v>
       </x:c>
       <x:c r="F529" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G529" t="str">
-        <x:v>$15</x:v>
+        <x:v>$8.5</x:v>
       </x:c>
       <x:c r="H529" t="str">
-        <x:v>632</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I529" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J529" t="str">
-        <x:v>2016</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="K529" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L529" t="str">
-        <x:v>غ 940</x:v>
+        <x:v>غ 665</x:v>
       </x:c>
     </x:row>
     <x:row r="530">
       <x:c r="A530" t="str">
-        <x:v>9789953208220</x:v>
+        <x:v>9789953208176</x:v>
       </x:c>
       <x:c r="B530" t="str">
-        <x:v>akda095i</x:v>
+        <x:v>HDTHA039I</x:v>
       </x:c>
       <x:c r="C530" t="str">
-        <x:v/>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D530" t="str">
-        <x:v>السرور والابتهاج في مزارات المعتمرين والحجاج</x:v>
+        <x:v>إتحاف المسلم بإيضاح متشابهات صحيح مسلم - ج4</x:v>
       </x:c>
       <x:c r="E530" t="str">
-        <x:v>Alsrour wa Ibtihaj</x:v>
+        <x:v>Ithaf Al Muslim b Idah Mutashabihat Sahih Muslim 4</x:v>
       </x:c>
       <x:c r="F530" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G530" t="str">
-        <x:v>$13.6</x:v>
+        <x:v>$15</x:v>
       </x:c>
       <x:c r="H530" t="str">
-        <x:v>498</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I530" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J530" t="str">
-        <x:v>2025</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="K530" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L530" t="str">
-        <x:v>غ 690</x:v>
+        <x:v>غ 940</x:v>
       </x:c>
     </x:row>
     <x:row r="531">
       <x:c r="A531" t="str">
-        <x:v>9789953208244</x:v>
+        <x:v>9789953208220</x:v>
       </x:c>
       <x:c r="B531" t="str">
-        <x:v>AKDA098I</x:v>
+        <x:v>akda095i</x:v>
       </x:c>
       <x:c r="C531" t="str">
-        <x:v>دراسات وردود</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D531" t="str">
-        <x:v>الأربعون الأثرية فِى حُكم القَدَرية</x:v>
+        <x:v>السرور والابتهاج في مزارات المعتمرين والحجاج</x:v>
       </x:c>
       <x:c r="E531" t="str">
-        <x:v>Al Arba^oun Al Athariyya fi Hukm Al Qadariyya</x:v>
+        <x:v>Alsrour wa Ibtihaj</x:v>
       </x:c>
       <x:c r="F531" t="str">
-        <x:v>الشيخ سمير القاضي</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G531" t="str">
-        <x:v>$3.6</x:v>
+        <x:v>$13.6</x:v>
       </x:c>
       <x:c r="H531" t="str">
-        <x:v>163</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I531" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J531" t="str">
-        <x:v>2017</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="K531" t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L531" t="str">
-        <x:v>غ 280</x:v>
+        <x:v>غ 690</x:v>
       </x:c>
     </x:row>
     <x:row r="532">
       <x:c r="A532" t="str">
-        <x:v>9789953208275</x:v>
+        <x:v>9789953208244</x:v>
       </x:c>
       <x:c r="B532" t="str">
-        <x:v>AKDA099I</x:v>
+        <x:v>AKDA098I</x:v>
       </x:c>
       <x:c r="C532" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>دراسات وردود</x:v>
       </x:c>
       <x:c r="D532" t="str">
-        <x:v>كتاب القدر</x:v>
+        <x:v>الأربعون الأثرية فِى حُكم القَدَرية</x:v>
       </x:c>
       <x:c r="E532" t="str">
-        <x:v>Kitab Al Qadar</x:v>
+        <x:v>Al Arba^oun Al Athariyya fi Hukm Al Qadariyya</x:v>
       </x:c>
       <x:c r="F532" t="str">
         <x:v>الشيخ سمير القاضي</x:v>
       </x:c>
       <x:c r="G532" t="str">
-        <x:v>$4.3</x:v>
+        <x:v>$3.6</x:v>
       </x:c>
       <x:c r="H532" t="str">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I532" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J532" t="str">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="K532" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L532" t="str">
-        <x:v>غ 247</x:v>
+        <x:v>غ 280</x:v>
       </x:c>
     </x:row>
     <x:row r="533">
       <x:c r="A533" t="str">
-        <x:v>9789953207643</x:v>
+        <x:v>9789953208275</x:v>
       </x:c>
       <x:c r="B533" t="str">
-        <x:v>HDTHA030</x:v>
+        <x:v>AKDA099I</x:v>
       </x:c>
       <x:c r="C533" t="str">
         <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D533" t="str">
-        <x:v>نبات الثبات فيما أرويه من المعاجم والفهارس والمشيخات والأثبات</x:v>
+        <x:v>كتاب القدر</x:v>
       </x:c>
       <x:c r="E533" t="str">
-        <x:v>Nabat Al Thabat fi ma Arwihi min Ma^ajem w Fahares w Mahsyakhat w Athbat</x:v>
+        <x:v>Kitab Al Qadar</x:v>
       </x:c>
       <x:c r="F533" t="str">
-        <x:v>الدكتور كمال الحوت</x:v>
+        <x:v>الشيخ سمير القاضي</x:v>
       </x:c>
       <x:c r="G533" t="str">
-        <x:v>$8.3</x:v>
+        <x:v>$4.3</x:v>
       </x:c>
       <x:c r="H533" t="str">
-        <x:v>288</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I533" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J533" t="str">
-        <x:v>2014</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="K533" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L533" t="str">
-        <x:v>غ 340</x:v>
+        <x:v>غ 247</x:v>
       </x:c>
     </x:row>
     <x:row r="534">
       <x:c r="A534" t="str">
-        <x:v>9789953207315</x:v>
+        <x:v>9789953207643</x:v>
       </x:c>
       <x:c r="B534" t="str">
-        <x:v>RDODA053</x:v>
+        <x:v>HDTHA030</x:v>
       </x:c>
       <x:c r="C534" t="str">
-        <x:v>إرشاد</x:v>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D534" t="str">
-        <x:v>البيان السديد لأخطاء شرح جوهرة التوحيد</x:v>
+        <x:v>نبات الثبات فيما أرويه من المعاجم والفهارس والمشيخات والأثبات</x:v>
       </x:c>
       <x:c r="E534" t="str">
-        <x:v>Al Bayan Al Sadid li Akhtaa Sharh Jawharat Al Tawhid</x:v>
+        <x:v>Nabat Al Thabat fi ma Arwihi min Ma^ajem w Fahares w Mahsyakhat w Athbat</x:v>
       </x:c>
       <x:c r="F534" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>الدكتور كمال الحوت</x:v>
       </x:c>
       <x:c r="G534" t="str">
-        <x:v>$5</x:v>
+        <x:v>$8.3</x:v>
       </x:c>
       <x:c r="H534" t="str">
-        <x:v>240</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I534" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J534" t="str">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K534" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L534" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 340</x:v>
       </x:c>
     </x:row>
     <x:row r="535">
       <x:c r="A535" t="str">
-        <x:v>9789953208367</x:v>
+        <x:v>9789953207315</x:v>
       </x:c>
       <x:c r="B535" t="str">
-        <x:v>KDSTAE111I</x:v>
+        <x:v>RDODA053</x:v>
       </x:c>
       <x:c r="C535" t="str">
-        <x:v>قصص</x:v>
+        <x:v>إرشاد</x:v>
       </x:c>
       <x:c r="D535" t="str">
-        <x:v>EN قصة أبو جهل والرجل الأراشي</x:v>
+        <x:v>البيان السديد لأخطاء شرح جوهرة التوحيد</x:v>
       </x:c>
       <x:c r="E535" t="str">
-        <x:v>Abu Jahl and the Man from Irash</x:v>
+        <x:v>Al Bayan Al Sadid li Akhtaa Sharh Jawharat Al Tawhid</x:v>
       </x:c>
       <x:c r="F535" t="str">
-        <x:v>شركة دار المشاريع ناشرون</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G535" t="str">
-        <x:v>$1.66</x:v>
+        <x:v>$5</x:v>
       </x:c>
       <x:c r="H535" t="str">
-        <x:v>16</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I535" t="str">
-        <x:v>عربية - إنكليزية</x:v>
+        <x:v>عربية</x:v>
       </x:c>
       <x:c r="J535" t="str">
-        <x:v>2016</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K535" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L535" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="536">
       <x:c r="A536" t="str">
-        <x:v>9789953208374</x:v>
+        <x:v>9789953208367</x:v>
       </x:c>
       <x:c r="B536" t="str">
-        <x:v>KDSTAF129I</x:v>
+        <x:v>KDSTAE111I</x:v>
       </x:c>
       <x:c r="C536" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D536" t="str">
-        <x:v>قصة أبو جهل والرجل الأراشي F</x:v>
+        <x:v>EN قصة أبو جهل والرجل الأراشي</x:v>
       </x:c>
       <x:c r="E536" t="str">
-        <x:v>Abou Jahl et l’homme venant de 'Irach</x:v>
+        <x:v>Abu Jahl and the Man from Irash</x:v>
       </x:c>
       <x:c r="F536" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G536" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H536" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I536" t="str">
-        <x:v>عربية - فرنسية</x:v>
+        <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J536" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K536" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L536" t="str">
-        <x:v>غ 50</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="537">
       <x:c r="A537" t="str">
-        <x:v>9789953208381</x:v>
+        <x:v>9789953208374</x:v>
       </x:c>
       <x:c r="B537" t="str">
-        <x:v>KDSTAE112I</x:v>
+        <x:v>KDSTAF129I</x:v>
       </x:c>
       <x:c r="C537" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D537" t="str">
-        <x:v>قصة أصحاب الغار En</x:v>
+        <x:v>قصة أبو جهل والرجل الأراشي F</x:v>
       </x:c>
       <x:c r="E537" t="str">
-        <x:v>The People of the Cave</x:v>
+        <x:v>Abou Jahl et l’homme venant de 'Irach</x:v>
       </x:c>
       <x:c r="F537" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G537" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H537" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I537" t="str">
-        <x:v>عربية - إنكليزية</x:v>
+        <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J537" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K537" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L537" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="538">
       <x:c r="A538" t="str">
-        <x:v>9789953208398</x:v>
+        <x:v>9789953208381</x:v>
       </x:c>
       <x:c r="B538" t="str">
-        <x:v>KDSTAF130I</x:v>
+        <x:v>KDSTAE112I</x:v>
       </x:c>
       <x:c r="C538" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D538" t="str">
-        <x:v>قصة أصحاب الغار F</x:v>
+        <x:v>قصة أصحاب الغار En</x:v>
       </x:c>
       <x:c r="E538" t="str">
-        <x:v>Les gens de la caverne</x:v>
+        <x:v>The People of the Cave</x:v>
       </x:c>
       <x:c r="F538" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G538" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H538" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I538" t="str">
-        <x:v>عربية - فرنسية</x:v>
+        <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J538" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K538" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L538" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="539">
       <x:c r="A539" t="str">
-        <x:v>9789953208404</x:v>
+        <x:v>9789953208398</x:v>
       </x:c>
       <x:c r="B539" t="str">
-        <x:v>KDSTAE113I</x:v>
+        <x:v>KDSTAF130I</x:v>
       </x:c>
       <x:c r="C539" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D539" t="str">
-        <x:v>قصة البستاني الأمين مباركEn</x:v>
+        <x:v>قصة أصحاب الغار F</x:v>
       </x:c>
       <x:c r="E539" t="str">
-        <x:v>The Honest/Trustworthy Gardener</x:v>
+        <x:v>Les gens de la caverne</x:v>
       </x:c>
       <x:c r="F539" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G539" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H539" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I539" t="str">
-        <x:v>عربية - إنكليزية</x:v>
+        <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J539" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K539" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L539" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="540">
       <x:c r="A540" t="str">
-        <x:v>9789953208473</x:v>
+        <x:v>9789953208404</x:v>
       </x:c>
       <x:c r="B540" t="str">
-        <x:v>KDSTAF131I</x:v>
+        <x:v>KDSTAE113I</x:v>
       </x:c>
       <x:c r="C540" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D540" t="str">
-        <x:v>قصة البستاني الأمين مبارك F</x:v>
+        <x:v>قصة البستاني الأمين مباركEn</x:v>
       </x:c>
       <x:c r="E540" t="str">
-        <x:v>Moubarak, le jardinier honnête</x:v>
+        <x:v>The Honest/Trustworthy Gardener</x:v>
       </x:c>
       <x:c r="F540" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G540" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H540" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I540" t="str">
-        <x:v>عربية - فرنسية</x:v>
+        <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J540" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K540" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L540" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="541">
       <x:c r="A541" t="str">
-        <x:v>9789953208572</x:v>
+        <x:v>9789953208473</x:v>
       </x:c>
       <x:c r="B541" t="str">
-        <x:v>KDSTAE114I</x:v>
+        <x:v>KDSTAF131I</x:v>
       </x:c>
       <x:c r="C541" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D541" t="str">
-        <x:v>قصة ذكاء طبيب En</x:v>
+        <x:v>قصة البستاني الأمين مبارك F</x:v>
       </x:c>
       <x:c r="E541" t="str">
-        <x:v>The Doctor’s Intelligence</x:v>
+        <x:v>Moubarak, le jardinier honnête</x:v>
       </x:c>
       <x:c r="F541" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G541" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H541" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I541" t="str">
-        <x:v>عربية - إنكليزية</x:v>
+        <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J541" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K541" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L541" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="542">
       <x:c r="A542" t="str">
-        <x:v>9789953208596</x:v>
+        <x:v>9789953208572</x:v>
       </x:c>
       <x:c r="B542" t="str">
-        <x:v>KDSTAF132I</x:v>
+        <x:v>KDSTAE114I</x:v>
       </x:c>
       <x:c r="C542" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D542" t="str">
-        <x:v>قصة ذكاء طبيب F</x:v>
+        <x:v>قصة ذكاء طبيب En</x:v>
       </x:c>
       <x:c r="E542" t="str">
-        <x:v>L’intelligence d’un médecin</x:v>
+        <x:v>The Doctor’s Intelligence</x:v>
       </x:c>
       <x:c r="F542" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G542" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H542" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I542" t="str">
-        <x:v>عربية - فرنسية</x:v>
+        <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J542" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K542" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L542" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="543">
       <x:c r="A543" t="str">
-        <x:v>9789953208589</x:v>
+        <x:v>9789953208596</x:v>
       </x:c>
       <x:c r="B543" t="str">
-        <x:v>KDSTAE118I</x:v>
+        <x:v>KDSTAF132I</x:v>
       </x:c>
       <x:c r="C543" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D543" t="str">
-        <x:v>قصة تكثير السمن En</x:v>
+        <x:v>قصة ذكاء طبيب F</x:v>
       </x:c>
       <x:c r="E543" t="str">
-        <x:v>قصة تكثير السمن En</x:v>
+        <x:v>L’intelligence d’un médecin</x:v>
       </x:c>
       <x:c r="F543" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G543" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H543" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I543" t="str">
-        <x:v>عربية - إنكليزية</x:v>
+        <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J543" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K543" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L543" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="544">
       <x:c r="A544" t="str">
-        <x:v>9789953208602</x:v>
+        <x:v>9789953208589</x:v>
       </x:c>
       <x:c r="B544" t="str">
-        <x:v>KDSTAF136I</x:v>
+        <x:v>KDSTAE118I</x:v>
       </x:c>
       <x:c r="C544" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D544" t="str">
-        <x:v>قصة تكثير السمن F</x:v>
+        <x:v>قصة تكثير السمن En</x:v>
       </x:c>
       <x:c r="E544" t="str">
-        <x:v>Le beurre rance que le Prophète a multiplié pour ‘Oummou Soulaym</x:v>
+        <x:v>قصة تكثير السمن En</x:v>
       </x:c>
       <x:c r="F544" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G544" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H544" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I544" t="str">
-        <x:v>عربية - فرنسية</x:v>
+        <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J544" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K544" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L544" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="545">
       <x:c r="A545" t="str">
-        <x:v>9789953208619</x:v>
+        <x:v>9789953208602</x:v>
       </x:c>
       <x:c r="B545" t="str">
-        <x:v>KDSTAE115I</x:v>
+        <x:v>KDSTAF136I</x:v>
       </x:c>
       <x:c r="C545" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D545" t="str">
-        <x:v>قصة من ألطاف الله En</x:v>
+        <x:v>قصة تكثير السمن F</x:v>
       </x:c>
       <x:c r="E545" t="str">
-        <x:v>قصة من ألطاف الله En</x:v>
+        <x:v>Le beurre rance que le Prophète a multiplié pour ‘Oummou Soulaym</x:v>
       </x:c>
       <x:c r="F545" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G545" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H545" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I545" t="str">
-        <x:v>عربية - إنكليزية</x:v>
+        <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J545" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K545" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L545" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="546">
       <x:c r="A546" t="str">
-        <x:v>9789953208633</x:v>
+        <x:v>9789953208619</x:v>
       </x:c>
       <x:c r="B546" t="str">
-        <x:v>KDSTAF133I</x:v>
+        <x:v>KDSTAE115I</x:v>
       </x:c>
       <x:c r="C546" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D546" t="str">
-        <x:v>قصة من ألطاف الله F</x:v>
+        <x:v>قصة من ألطاف الله En</x:v>
       </x:c>
       <x:c r="E546" t="str">
-        <x:v>Une mésiricorde de Allah</x:v>
+        <x:v>قصة من ألطاف الله En</x:v>
       </x:c>
       <x:c r="F546" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G546" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H546" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I546" t="str">
-        <x:v>عربية - فرنسية</x:v>
+        <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J546" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K546" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L546" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="547">
       <x:c r="A547" t="str">
-        <x:v>9789953208626</x:v>
+        <x:v>9789953208633</x:v>
       </x:c>
       <x:c r="B547" t="str">
-        <x:v>KDSTAE119I</x:v>
+        <x:v>KDSTAF133I</x:v>
       </x:c>
       <x:c r="C547" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D547" t="str">
-        <x:v>قصة يسر بعد عسر En</x:v>
+        <x:v>قصة من ألطاف الله F</x:v>
       </x:c>
       <x:c r="E547" t="str">
-        <x:v>Ease after Hardship</x:v>
+        <x:v>Une mésiricorde de Allah</x:v>
       </x:c>
       <x:c r="F547" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G547" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H547" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I547" t="str">
-        <x:v>عربية - إنكليزية</x:v>
+        <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J547" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K547" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L547" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="548">
       <x:c r="A548" t="str">
-        <x:v>9789953208688</x:v>
+        <x:v>9789953208626</x:v>
       </x:c>
       <x:c r="B548" t="str">
-        <x:v>KDSTAF137I</x:v>
+        <x:v>KDSTAE119I</x:v>
       </x:c>
       <x:c r="C548" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D548" t="str">
-        <x:v>قصة يسر بعد عسر F</x:v>
+        <x:v>قصة يسر بعد عسر En</x:v>
       </x:c>
       <x:c r="E548" t="str">
-        <x:v>Une Facilité après une difficulté</x:v>
+        <x:v>Ease after Hardship</x:v>
       </x:c>
       <x:c r="F548" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G548" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H548" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I548" t="str">
-        <x:v>عربية - فرنسية</x:v>
+        <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J548" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K548" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L548" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="549">
       <x:c r="A549" t="str">
-        <x:v>9789953208640</x:v>
+        <x:v>9789953208688</x:v>
       </x:c>
       <x:c r="B549" t="str">
-        <x:v>KDSTAE116I</x:v>
+        <x:v>KDSTAF137I</x:v>
       </x:c>
       <x:c r="C549" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D549" t="str">
-        <x:v>قصة من شؤم الطمع En</x:v>
+        <x:v>قصة يسر بعد عسر F</x:v>
       </x:c>
       <x:c r="E549" t="str">
-        <x:v>The Evils of Greed</x:v>
+        <x:v>Une Facilité après une difficulté</x:v>
       </x:c>
       <x:c r="F549" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G549" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H549" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I549" t="str">
-        <x:v>عربية - إنكليزية</x:v>
+        <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J549" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K549" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L549" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="550">
       <x:c r="A550" t="str">
-        <x:v>9789953208657</x:v>
+        <x:v>9789953208640</x:v>
       </x:c>
       <x:c r="B550" t="str">
-        <x:v>KDSTAF134I</x:v>
+        <x:v>KDSTAE116I</x:v>
       </x:c>
       <x:c r="C550" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D550" t="str">
-        <x:v>قصة من شؤم الطمع F</x:v>
+        <x:v>قصة من شؤم الطمع En</x:v>
       </x:c>
       <x:c r="E550" t="str">
-        <x:v>Le malheur de la convoitise</x:v>
+        <x:v>The Evils of Greed</x:v>
       </x:c>
       <x:c r="F550" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G550" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H550" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I550" t="str">
-        <x:v>عربية - فرنسية</x:v>
+        <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J550" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K550" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L550" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="551">
       <x:c r="A551" t="str">
-        <x:v>9789953208664</x:v>
+        <x:v>9789953208657</x:v>
       </x:c>
       <x:c r="B551" t="str">
-        <x:v>KDSTAE117I</x:v>
+        <x:v>KDSTAF134I</x:v>
       </x:c>
       <x:c r="C551" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D551" t="str">
-        <x:v>قصة المنام المنقذ En</x:v>
+        <x:v>قصة من شؤم الطمع F</x:v>
       </x:c>
       <x:c r="E551" t="str">
-        <x:v>قصة المنام المنقذ En</x:v>
+        <x:v>Le malheur de la convoitise</x:v>
       </x:c>
       <x:c r="F551" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G551" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H551" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I551" t="str">
-        <x:v>عربية - إنكليزية</x:v>
+        <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J551" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K551" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L551" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="552">
       <x:c r="A552" t="str">
-        <x:v>9789953208671</x:v>
+        <x:v>9789953208664</x:v>
       </x:c>
       <x:c r="B552" t="str">
-        <x:v>KDSTAF135I</x:v>
+        <x:v>KDSTAE117I</x:v>
       </x:c>
       <x:c r="C552" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D552" t="str">
-        <x:v>قصة المنام المنقذ F</x:v>
+        <x:v>قصة المنام المنقذ En</x:v>
       </x:c>
       <x:c r="E552" t="str">
-        <x:v>Le rêve salvateur</x:v>
+        <x:v>قصة المنام المنقذ En</x:v>
       </x:c>
       <x:c r="F552" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G552" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H552" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I552" t="str">
-        <x:v>عربية - فرنسية</x:v>
+        <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J552" t="str">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="K552" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L552" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="553">
       <x:c r="A553" t="str">
-        <x:v>9789953209883</x:v>
+        <x:v>9789953208671</x:v>
       </x:c>
       <x:c r="B553" t="str">
-        <x:v>OCSNF003I</x:v>
+        <x:v>KDSTAF135I</x:v>
       </x:c>
       <x:c r="C553" t="str">
-        <x:v>مناسبات إسلامية</x:v>
+        <x:v>قصص</x:v>
       </x:c>
       <x:c r="D553" t="str">
-        <x:v>Israa et Mi^raj FR</x:v>
+        <x:v>قصة المنام المنقذ F</x:v>
       </x:c>
       <x:c r="E553" t="str">
-        <x:v>Israa et Mi^raj FR</x:v>
+        <x:v>Le rêve salvateur</x:v>
       </x:c>
       <x:c r="F553" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G553" t="str">
-        <x:v>$2.8</x:v>
+        <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H553" t="str">
-        <x:v>36</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I553" t="str">
-        <x:v>فرنسية</x:v>
+        <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J553" t="str">
-        <x:v>2017</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="K553" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L553" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="554">
       <x:c r="A554" t="str">
-        <x:v>9789953209852</x:v>
+        <x:v>9789953209883</x:v>
       </x:c>
       <x:c r="B554" t="str">
-        <x:v>AKDA103I</x:v>
+        <x:v>OCSNF003I</x:v>
       </x:c>
       <x:c r="C554" t="str">
-        <x:v>فقه</x:v>
+        <x:v>مناسبات إسلامية</x:v>
       </x:c>
       <x:c r="D554" t="str">
-        <x:v>فتاوى المروزي (عدد الأجزاء: 2)</x:v>
+        <x:v>Israa et Mi^raj FR</x:v>
       </x:c>
       <x:c r="E554" t="str">
-        <x:v>Fatawa Al Mirwaziy1-2</x:v>
+        <x:v>Israa et Mi^raj FR</x:v>
       </x:c>
       <x:c r="F554" t="str">
-        <x:v>أبو بكر المروزي</x:v>
+        <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G554" t="str">
-        <x:v>$50</x:v>
+        <x:v>$2.8</x:v>
       </x:c>
       <x:c r="H554" t="str">
-        <x:v>1006</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I554" t="str">
-        <x:v>عربية</x:v>
+        <x:v>فرنسية</x:v>
       </x:c>
       <x:c r="J554" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K554" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L554" t="str">
-        <x:v>غ 1,825</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="555">
       <x:c r="A555" t="str">
-        <x:v>9789953209876</x:v>
+        <x:v>9789953209852</x:v>
       </x:c>
       <x:c r="B555" t="str">
-        <x:v>AKDA104I</x:v>
+        <x:v>AKDA103I</x:v>
       </x:c>
       <x:c r="C555" t="str">
-        <x:v>عقيدة وفقه</x:v>
+        <x:v>فقه</x:v>
       </x:c>
       <x:c r="D555" t="str">
-        <x:v>عمدة الحنفية في معرفة الفروض والواجبات العينية</x:v>
+        <x:v>فتاوى المروزي (عدد الأجزاء: 2)</x:v>
       </x:c>
       <x:c r="E555" t="str">
-        <x:v>Omdat Al Hanafiyya fi Ma^rifat Al Furoud wal Wajibat Al ^ayniyya</x:v>
+        <x:v>Fatawa Al Mirwaziy1-2</x:v>
       </x:c>
       <x:c r="F555" t="str">
-        <x:v>باسم الجيلاني</x:v>
+        <x:v>أبو بكر المروزي</x:v>
       </x:c>
       <x:c r="G555" t="str">
-        <x:v>$6.8</x:v>
+        <x:v>$50</x:v>
       </x:c>
       <x:c r="H555" t="str">
-        <x:v>318</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="I555" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J555" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K555" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L555" t="str">
-        <x:v>غ 660</x:v>
+        <x:v>غ 1,825</x:v>
       </x:c>
     </x:row>
     <x:row r="556">
       <x:c r="A556" t="str">
-        <x:v>9789953208299</x:v>
+        <x:v>9789953209876</x:v>
       </x:c>
       <x:c r="B556" t="str">
-        <x:v>AKDA101I</x:v>
+        <x:v>AKDA104I</x:v>
       </x:c>
       <x:c r="C556" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v>عقيدة وفقه</x:v>
       </x:c>
       <x:c r="D556" t="str">
-        <x:v>جامع الخيرات من مجالس الشيخ عبد الله - الجزء الأول</x:v>
+        <x:v>عمدة الحنفية في معرفة الفروض والواجبات العينية</x:v>
       </x:c>
       <x:c r="E556" t="str">
-        <x:v>Jame^ Al Khayrat Min Majales Al Shaykh Abdullah Al Harariyy 1</x:v>
+        <x:v>Omdat Al Hanafiyya fi Ma^rifat Al Furoud wal Wajibat Al ^ayniyya</x:v>
       </x:c>
       <x:c r="F556" t="str">
-        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+        <x:v>باسم الجيلاني</x:v>
       </x:c>
       <x:c r="G556" t="str">
-        <x:v>$8</x:v>
+        <x:v>$6.8</x:v>
       </x:c>
       <x:c r="H556" t="str">
-        <x:v>394</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I556" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J556" t="str">
-        <x:v>2021</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="K556" t="str">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L556" t="str">
-        <x:v>غ 761</x:v>
+        <x:v>غ 660</x:v>
       </x:c>
     </x:row>
     <x:row r="557">
       <x:c r="A557" t="str">
-        <x:v>9789953208114</x:v>
+        <x:v>9789953208299</x:v>
       </x:c>
       <x:c r="B557" t="str">
-        <x:v>AKDA106I</x:v>
+        <x:v>AKDA101I</x:v>
       </x:c>
       <x:c r="C557" t="str">
-        <x:v>عقيدة وفقه</x:v>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D557" t="str">
-        <x:v>إظهار الإفادات من أوجز مختصرات السادة الشافعية في علم الحال</x:v>
+        <x:v>جامع الخيرات من مجالس الشيخ عبد الله - الجزء الأول</x:v>
       </x:c>
       <x:c r="E557" t="str">
-        <x:v>Ithhar Al Ifadat min Awjaz Mukhtasarat Al Sada Al Shafiyya fi ^ilm Hal</x:v>
+        <x:v>Jame^ Al Khayrat Min Majales Al Shaykh Abdullah Al Harariyy 1</x:v>
       </x:c>
       <x:c r="F557" t="str">
-        <x:v>الشيخ عبد العزيز بن إبراهيم الرايّيّ الحبشي</x:v>
+        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G557" t="str">
-        <x:v>$2.2</x:v>
+        <x:v>$8</x:v>
       </x:c>
       <x:c r="H557" t="str">
-        <x:v>68</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I557" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J557" t="str">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="K557" t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L557" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 761</x:v>
       </x:c>
     </x:row>
     <x:row r="558">
       <x:c r="A558" t="str">
-        <x:v>9789953209869</x:v>
+        <x:v>9789953208114</x:v>
       </x:c>
       <x:c r="B558" t="str">
-        <x:v>AKDA105I</x:v>
+        <x:v>AKDA106I</x:v>
       </x:c>
       <x:c r="C558" t="str">
         <x:v>عقيدة وفقه</x:v>
       </x:c>
       <x:c r="D558" t="str">
-        <x:v>مختصر عبد الله الهرري - المذهب الحنفي</x:v>
+        <x:v>إظهار الإفادات من أوجز مختصرات السادة الشافعية في علم الحال</x:v>
       </x:c>
       <x:c r="E558" t="str">
-        <x:v>Moukhtasar Abdullah Al Harariyy - Mathhab Hanafi</x:v>
+        <x:v>Ithhar Al Ifadat min Awjaz Mukhtasarat Al Sada Al Shafiyya fi ^ilm Hal</x:v>
       </x:c>
       <x:c r="F558" t="str">
-        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+        <x:v>الشيخ عبد العزيز بن إبراهيم الرايّيّ الحبشي</x:v>
       </x:c>
       <x:c r="G558" t="str">
-        <x:v>$2.23</x:v>
+        <x:v>$2.2</x:v>
       </x:c>
       <x:c r="H558" t="str">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I558" t="str">
-        <x:v/>
+        <x:v>عربية</x:v>
       </x:c>
       <x:c r="J558" t="str">
-        <x:v>2017</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="K558" t="str">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="L558" t="str">
-        <x:v>غ 79</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="559">
       <x:c r="A559" t="str">
-        <x:v>9789953209937</x:v>
+        <x:v>9789953209869</x:v>
       </x:c>
       <x:c r="B559" t="str">
-        <x:v>AKDA118I</x:v>
+        <x:v>AKDA105I</x:v>
       </x:c>
       <x:c r="C559" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v>عقيدة وفقه</x:v>
       </x:c>
       <x:c r="D559" t="str">
-        <x:v>حسن البث لمعاني الحث  على البحث أو إيضاح المرام من رسالة الأشعري الإمام</x:v>
+        <x:v>مختصر عبد الله الهرري - المذهب الحنفي</x:v>
       </x:c>
       <x:c r="E559" t="str">
-        <x:v>Hosn al bath - Idah l Maram min Risalat Ash^ari</x:v>
+        <x:v>Moukhtasar Abdullah Al Harariyy - Mathhab Hanafi</x:v>
       </x:c>
       <x:c r="F559" t="str">
-        <x:v>الشيخ سمير القاضي</x:v>
+        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G559" t="str">
-        <x:v>$5</x:v>
+        <x:v>$2.23</x:v>
       </x:c>
       <x:c r="H559" t="str">
-        <x:v>228</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I559" t="str">
-        <x:v>عربية</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J559" t="str">
-        <x:v>2025</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="K559" t="str">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L559" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 79</x:v>
       </x:c>
     </x:row>
     <x:row r="560">
       <x:c r="A560" t="str">
-        <x:v>9789953209890</x:v>
+        <x:v>9789953209937</x:v>
       </x:c>
       <x:c r="B560" t="str">
-        <x:v>HDTHA041I</x:v>
+        <x:v>AKDA118I</x:v>
       </x:c>
       <x:c r="C560" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D560" t="str">
-        <x:v>شفاء السقام في زيارة خير الأنام</x:v>
+        <x:v>حسن البث لمعاني الحث  على البحث أو إيضاح المرام من رسالة الأشعري الإمام</x:v>
       </x:c>
       <x:c r="E560" t="str">
-        <x:v>Shifaa Al Saqam fi Ziyarat Khayr Anam</x:v>
+        <x:v>Hosn al bath - Idah l Maram min Risalat Ash^ari</x:v>
       </x:c>
       <x:c r="F560" t="str">
-        <x:v>الحافظ تقي الدين السبكي</x:v>
+        <x:v>الشيخ سمير القاضي</x:v>
       </x:c>
       <x:c r="G560" t="str">
-        <x:v>$12.5</x:v>
+        <x:v>$5</x:v>
       </x:c>
       <x:c r="H560" t="str">
-        <x:v>464</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I560" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J560" t="str">
-        <x:v>2017</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="K560" t="str">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L560" t="str">
-        <x:v>غ 798</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="561">
       <x:c r="A561" t="str">
-        <x:v>9789953209913</x:v>
+        <x:v>9789953209890</x:v>
       </x:c>
       <x:c r="B561" t="str">
-        <x:v>HDTHA040I</x:v>
+        <x:v>HDTHA041I</x:v>
       </x:c>
       <x:c r="C561" t="str">
         <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D561" t="str">
-        <x:v>3مكارم الأخلاق ومعاليها ومحمود طرائقها ومرضيّها - للخرائطي</x:v>
+        <x:v>شفاء السقام في زيارة خير الأنام</x:v>
       </x:c>
       <x:c r="E561" t="str">
-        <x:v>Makarem Al Akhlaq 3 Kharaiti</x:v>
+        <x:v>Shifaa Al Saqam fi Ziyarat Khayr Anam</x:v>
       </x:c>
       <x:c r="F561" t="str">
-        <x:v>الحافظ أبي بكر الخرائطي</x:v>
+        <x:v>الحافظ تقي الدين السبكي</x:v>
       </x:c>
       <x:c r="G561" t="str">
-        <x:v>$17.6</x:v>
+        <x:v>$12.5</x:v>
       </x:c>
       <x:c r="H561" t="str">
-        <x:v>600</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="I561" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J561" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K561" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L561" t="str">
-        <x:v>غ 1,035</x:v>
+        <x:v>غ 798</x:v>
       </x:c>
     </x:row>
     <x:row r="562">
       <x:c r="A562" t="str">
-        <x:v>9789953206370</x:v>
+        <x:v>9789953209913</x:v>
       </x:c>
       <x:c r="B562" t="str">
-        <x:v>LNGA024I</x:v>
+        <x:v>HDTHA040I</x:v>
       </x:c>
       <x:c r="C562" t="str">
-        <x:v>اللغة</x:v>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D562" t="str">
-        <x:v>موصل الطلاب إلى قواعد الإعراب</x:v>
+        <x:v>3مكارم الأخلاق ومعاليها ومحمود طرائقها ومرضيّها - للخرائطي</x:v>
       </x:c>
       <x:c r="E562" t="str">
-        <x:v>Mouwsel Al Tullab ila Qawaed Al I^rab</x:v>
+        <x:v>Makarem Al Akhlaq 3 Kharaiti</x:v>
       </x:c>
       <x:c r="F562" t="str">
-        <x:v>الدكتور كمال الحوت</x:v>
+        <x:v>الحافظ أبي بكر الخرائطي</x:v>
       </x:c>
       <x:c r="G562" t="str">
-        <x:v>$5</x:v>
+        <x:v>$17.6</x:v>
       </x:c>
       <x:c r="H562" t="str">
-        <x:v>204</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="I562" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J562" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K562" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L562" t="str">
-        <x:v>غ 321</x:v>
+        <x:v>غ 1,035</x:v>
       </x:c>
     </x:row>
     <x:row r="563">
       <x:c r="A563" t="str">
-        <x:v>9789953205052</x:v>
+        <x:v>9789953206370</x:v>
       </x:c>
       <x:c r="B563" t="str">
-        <x:v>RDODA070I</x:v>
+        <x:v>LNGA024I</x:v>
       </x:c>
       <x:c r="C563" t="str">
-        <x:v>دراسات وردود</x:v>
+        <x:v>اللغة</x:v>
       </x:c>
       <x:c r="D563" t="str">
-        <x:v>النهج السوي في الرد على سيد قطب وتابعه فيصل مولوي</x:v>
+        <x:v>موصل الطلاب إلى قواعد الإعراب</x:v>
       </x:c>
       <x:c r="E563" t="str">
-        <x:v>Al Nahj Al Sawiyy fil Radd ^ala Syyid Qutob wal Faysal Mawlawiy</x:v>
+        <x:v>Mouwsel Al Tullab ila Qawaed Al I^rab</x:v>
       </x:c>
       <x:c r="F563" t="str">
-        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+        <x:v>الدكتور كمال الحوت</x:v>
       </x:c>
       <x:c r="G563" t="str">
-        <x:v>$5.56</x:v>
+        <x:v>$5</x:v>
       </x:c>
       <x:c r="H563" t="str">
-        <x:v>144</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I563" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J563" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K563" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L563" t="str">
-        <x:v>غ 385</x:v>
+        <x:v>غ 321</x:v>
       </x:c>
     </x:row>
     <x:row r="564">
       <x:c r="A564" t="str">
-        <x:v>9789953209920</x:v>
+        <x:v>9789953205052</x:v>
       </x:c>
       <x:c r="B564" t="str">
-        <x:v>KDSTA007I</x:v>
+        <x:v>RDODA070I</x:v>
       </x:c>
       <x:c r="C564" t="str">
-        <x:v>قصص</x:v>
+        <x:v>دراسات وردود</x:v>
       </x:c>
       <x:c r="D564" t="str">
-        <x:v>من كنوز القرءان</x:v>
+        <x:v>النهج السوي في الرد على سيد قطب وتابعه فيصل مولوي</x:v>
       </x:c>
       <x:c r="E564" t="str">
-        <x:v>Min Kunouz Al Quran - Stories Book</x:v>
+        <x:v>Al Nahj Al Sawiyy fil Radd ^ala Syyid Qutob wal Faysal Mawlawiy</x:v>
       </x:c>
       <x:c r="F564" t="str">
-        <x:v>شركة دار المشاريع ناشرون</x:v>
+        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G564" t="str">
-        <x:v>$19.3</x:v>
+        <x:v>$5.56</x:v>
       </x:c>
       <x:c r="H564" t="str">
-        <x:v>288</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I564" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J564" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K564" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L564" t="str">
-        <x:v>غ 858</x:v>
+        <x:v>غ 385</x:v>
       </x:c>
     </x:row>
     <x:row r="565">
       <x:c r="A565" t="str">
-        <x:v>9789953205762</x:v>
+        <x:v>9789953209920</x:v>
       </x:c>
       <x:c r="B565" t="str">
-        <x:v>KDSTAE120I</x:v>
+        <x:v>KDSTA007I</x:v>
       </x:c>
       <x:c r="C565" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D565" t="str">
-        <x:v>عبد الله بن حُذَافَة والرسالة الممزّقة - ENG</x:v>
+        <x:v>من كنوز القرءان</x:v>
       </x:c>
       <x:c r="E565" t="str">
-        <x:v/>
+        <x:v>Min Kunouz Al Quran - Stories Book</x:v>
       </x:c>
       <x:c r="F565" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G565" t="str">
-        <x:v>$1.66</x:v>
+        <x:v>$19.3</x:v>
       </x:c>
       <x:c r="H565" t="str">
-        <x:v>16</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I565" t="str">
-        <x:v>عربية - إنكليزية</x:v>
+        <x:v>عربية</x:v>
       </x:c>
       <x:c r="J565" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K565" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L565" t="str">
-        <x:v>غ 50</x:v>
+        <x:v>غ 858</x:v>
       </x:c>
     </x:row>
     <x:row r="566">
       <x:c r="A566" t="str">
-        <x:v>9789953205779</x:v>
+        <x:v>9789953205762</x:v>
       </x:c>
       <x:c r="B566" t="str">
-        <x:v>KDSTAE121I</x:v>
+        <x:v>KDSTAE120I</x:v>
       </x:c>
       <x:c r="C566" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D566" t="str">
-        <x:v>عبد الله بن مسعود حافظ القرءان الكريم - ENG</x:v>
+        <x:v>عبد الله بن حُذَافَة والرسالة الممزّقة - ENG</x:v>
       </x:c>
       <x:c r="E566" t="str">
         <x:v/>
       </x:c>
       <x:c r="F566" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G566" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H566" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I566" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J566" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K566" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L566" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="567">
       <x:c r="A567" t="str">
-        <x:v>9789953205786</x:v>
+        <x:v>9789953205779</x:v>
       </x:c>
       <x:c r="B567" t="str">
-        <x:v>KDSTAE122I</x:v>
+        <x:v>KDSTAE121I</x:v>
       </x:c>
       <x:c r="C567" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D567" t="str">
-        <x:v>سيدنا عثمان وبئر رُوْمَة - ENG</x:v>
+        <x:v>عبد الله بن مسعود حافظ القرءان الكريم - ENG</x:v>
       </x:c>
       <x:c r="E567" t="str">
         <x:v/>
       </x:c>
       <x:c r="F567" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G567" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H567" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I567" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J567" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K567" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L567" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="568">
       <x:c r="A568" t="str">
-        <x:v>9789953205809</x:v>
+        <x:v>9789953205786</x:v>
       </x:c>
       <x:c r="B568" t="str">
-        <x:v>KDSTAE123I</x:v>
+        <x:v>KDSTAE122I</x:v>
       </x:c>
       <x:c r="C568" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D568" t="str">
-        <x:v>سعد بن أبي وقّاص وثباته على الحقّ - ENG</x:v>
+        <x:v>سيدنا عثمان وبئر رُوْمَة - ENG</x:v>
       </x:c>
       <x:c r="E568" t="str">
         <x:v/>
       </x:c>
       <x:c r="F568" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G568" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H568" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I568" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J568" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K568" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L568" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="569">
       <x:c r="A569" t="str">
-        <x:v>9789953205793</x:v>
+        <x:v>9789953205809</x:v>
       </x:c>
       <x:c r="B569" t="str">
-        <x:v>KDSTAE124I</x:v>
+        <x:v>KDSTAE123I</x:v>
       </x:c>
       <x:c r="C569" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D569" t="str">
-        <x:v>الفاروق عمر ونِيْلُ مصر - ENG</x:v>
+        <x:v>سعد بن أبي وقّاص وثباته على الحقّ - ENG</x:v>
       </x:c>
       <x:c r="E569" t="str">
         <x:v/>
       </x:c>
       <x:c r="F569" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G569" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H569" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I569" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J569" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K569" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L569" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="570">
       <x:c r="A570" t="str">
-        <x:v>9789953205731</x:v>
+        <x:v>9789953205793</x:v>
       </x:c>
       <x:c r="B570" t="str">
-        <x:v>KDSTAE125I</x:v>
+        <x:v>KDSTAE124I</x:v>
       </x:c>
       <x:c r="C570" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D570" t="str">
-        <x:v>هجرة أم سلمة - ENG</x:v>
+        <x:v>الفاروق عمر ونِيْلُ مصر - ENG</x:v>
       </x:c>
       <x:c r="E570" t="str">
         <x:v/>
       </x:c>
       <x:c r="F570" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G570" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H570" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I570" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J570" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K570" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L570" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="571">
       <x:c r="A571" t="str">
-        <x:v>9789953205724</x:v>
+        <x:v>9789953205731</x:v>
       </x:c>
       <x:c r="B571" t="str">
-        <x:v>KDSTAE126I</x:v>
+        <x:v>KDSTAE125I</x:v>
       </x:c>
       <x:c r="C571" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D571" t="str">
-        <x:v>الزنيرة - ENG</x:v>
+        <x:v>هجرة أم سلمة - ENG</x:v>
       </x:c>
       <x:c r="E571" t="str">
-        <x:v>الزنيرة - ENG</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F571" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G571" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H571" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I571" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J571" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K571" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L571" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="572">
       <x:c r="A572" t="str">
-        <x:v>9789953205755</x:v>
+        <x:v>9789953205724</x:v>
       </x:c>
       <x:c r="B572" t="str">
-        <x:v>KDSTAE127I</x:v>
+        <x:v>KDSTAE126I</x:v>
       </x:c>
       <x:c r="C572" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D572" t="str">
-        <x:v>أم سليم والتبرك بآثار النبي - ENG</x:v>
+        <x:v>الزنيرة - ENG</x:v>
       </x:c>
       <x:c r="E572" t="str">
-        <x:v/>
+        <x:v>الزنيرة - ENG</x:v>
       </x:c>
       <x:c r="F572" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G572" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H572" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I572" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J572" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K572" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L572" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="573">
       <x:c r="A573" t="str">
-        <x:v>9789953205717</x:v>
+        <x:v>9789953205755</x:v>
       </x:c>
       <x:c r="B573" t="str">
-        <x:v>KDSTAE128I</x:v>
+        <x:v>KDSTAE127I</x:v>
       </x:c>
       <x:c r="C573" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D573" t="str">
-        <x:v>السيدة عائشة - ENG</x:v>
+        <x:v>أم سليم والتبرك بآثار النبي - ENG</x:v>
       </x:c>
       <x:c r="E573" t="str">
         <x:v/>
       </x:c>
       <x:c r="F573" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G573" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H573" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I573" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J573" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K573" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L573" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="574">
       <x:c r="A574" t="str">
-        <x:v>9789953205748</x:v>
+        <x:v>9789953205717</x:v>
       </x:c>
       <x:c r="B574" t="str">
-        <x:v>KDSTAE129I</x:v>
+        <x:v>KDSTAE128I</x:v>
       </x:c>
       <x:c r="C574" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D574" t="str">
-        <x:v>أم شريك - ENG</x:v>
+        <x:v>السيدة عائشة - ENG</x:v>
       </x:c>
       <x:c r="E574" t="str">
         <x:v/>
       </x:c>
       <x:c r="F574" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G574" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H574" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I574" t="str">
         <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J574" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K574" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L574" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="575">
       <x:c r="A575" t="str">
-        <x:v>9789953205861</x:v>
+        <x:v>9789953205748</x:v>
       </x:c>
       <x:c r="B575" t="str">
-        <x:v>KDSTAF138I</x:v>
+        <x:v>KDSTAE129I</x:v>
       </x:c>
       <x:c r="C575" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D575" t="str">
-        <x:v>عبد الله بن حُذَافَة والرسالة الممزّقة -FR</x:v>
+        <x:v>أم شريك - ENG</x:v>
       </x:c>
       <x:c r="E575" t="str">
-        <x:v>عبد الله بن حُذَافَة والرسالة الممزّقة -FR</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F575" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G575" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H575" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I575" t="str">
-        <x:v>عربية - فرنسية</x:v>
+        <x:v>عربية - إنكليزية</x:v>
       </x:c>
       <x:c r="J575" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K575" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L575" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="576">
       <x:c r="A576" t="str">
-        <x:v>9789953205878</x:v>
+        <x:v>9789953205861</x:v>
       </x:c>
       <x:c r="B576" t="str">
-        <x:v>KDSTAF139I</x:v>
+        <x:v>KDSTAF138I</x:v>
       </x:c>
       <x:c r="C576" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D576" t="str">
-        <x:v>عبد الله بن مسعود حافظ القرءان الكريم - FR</x:v>
+        <x:v>عبد الله بن حُذَافَة والرسالة الممزّقة -FR</x:v>
       </x:c>
       <x:c r="E576" t="str">
-        <x:v/>
+        <x:v>عبد الله بن حُذَافَة والرسالة الممزّقة -FR</x:v>
       </x:c>
       <x:c r="F576" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G576" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H576" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I576" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J576" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K576" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L576" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="577">
       <x:c r="A577" t="str">
-        <x:v>9789953204888</x:v>
+        <x:v>9789953205878</x:v>
       </x:c>
       <x:c r="B577" t="str">
-        <x:v>KDSTAF140I</x:v>
+        <x:v>KDSTAF139I</x:v>
       </x:c>
       <x:c r="C577" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D577" t="str">
-        <x:v>سـيدنا عثمان وبئر رومة - FR</x:v>
+        <x:v>عبد الله بن مسعود حافظ القرءان الكريم - FR</x:v>
       </x:c>
       <x:c r="E577" t="str">
         <x:v/>
       </x:c>
       <x:c r="F577" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G577" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H577" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I577" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J577" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K577" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L577" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="578">
       <x:c r="A578" t="str">
-        <x:v>9789953204901</x:v>
+        <x:v>9789953204888</x:v>
       </x:c>
       <x:c r="B578" t="str">
-        <x:v>KDSTAF141I</x:v>
+        <x:v>KDSTAF140I</x:v>
       </x:c>
       <x:c r="C578" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D578" t="str">
-        <x:v>سعد بن أبي وقّاص وثباته على الحقّ - FR</x:v>
+        <x:v>سـيدنا عثمان وبئر رومة - FR</x:v>
       </x:c>
       <x:c r="E578" t="str">
         <x:v/>
       </x:c>
       <x:c r="F578" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G578" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H578" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I578" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J578" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K578" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L578" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="579">
       <x:c r="A579" t="str">
-        <x:v>9789953204895</x:v>
+        <x:v>9789953204901</x:v>
       </x:c>
       <x:c r="B579" t="str">
-        <x:v>KDSTAF142I</x:v>
+        <x:v>KDSTAF141I</x:v>
       </x:c>
       <x:c r="C579" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D579" t="str">
-        <x:v>الفاروق عمر ونيل مصر - FR</x:v>
+        <x:v>سعد بن أبي وقّاص وثباته على الحقّ - FR</x:v>
       </x:c>
       <x:c r="E579" t="str">
         <x:v/>
       </x:c>
       <x:c r="F579" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G579" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H579" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I579" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J579" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K579" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L579" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="580">
       <x:c r="A580" t="str">
-        <x:v>9789953205830</x:v>
+        <x:v>9789953204895</x:v>
       </x:c>
       <x:c r="B580" t="str">
-        <x:v>KDSTAF143I</x:v>
+        <x:v>KDSTAF142I</x:v>
       </x:c>
       <x:c r="C580" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D580" t="str">
-        <x:v>هجرة أم سلمة - FR</x:v>
+        <x:v>الفاروق عمر ونيل مصر - FR</x:v>
       </x:c>
       <x:c r="E580" t="str">
         <x:v/>
       </x:c>
       <x:c r="F580" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G580" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H580" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I580" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J580" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K580" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L580" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="581">
       <x:c r="A581" t="str">
-        <x:v>9789953205823</x:v>
+        <x:v>9789953205830</x:v>
       </x:c>
       <x:c r="B581" t="str">
-        <x:v>KDSTAF144I</x:v>
+        <x:v>KDSTAF143I</x:v>
       </x:c>
       <x:c r="C581" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D581" t="str">
-        <x:v>الزنيرة - FR</x:v>
+        <x:v>هجرة أم سلمة - FR</x:v>
       </x:c>
       <x:c r="E581" t="str">
         <x:v/>
       </x:c>
       <x:c r="F581" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G581" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H581" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I581" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J581" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K581" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L581" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="582">
       <x:c r="A582" t="str">
-        <x:v>9789953205854</x:v>
+        <x:v>9789953205823</x:v>
       </x:c>
       <x:c r="B582" t="str">
-        <x:v>KDSTAF145I</x:v>
+        <x:v>KDSTAF144I</x:v>
       </x:c>
       <x:c r="C582" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D582" t="str">
-        <x:v>أم سليم والتبرك بآثار النبي - FR</x:v>
+        <x:v>الزنيرة - FR</x:v>
       </x:c>
       <x:c r="E582" t="str">
         <x:v/>
       </x:c>
       <x:c r="F582" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G582" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H582" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I582" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J582" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K582" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L582" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="583">
       <x:c r="A583" t="str">
-        <x:v>9789953205816</x:v>
+        <x:v>9789953205854</x:v>
       </x:c>
       <x:c r="B583" t="str">
-        <x:v>KDSTAF146I</x:v>
+        <x:v>KDSTAF145I</x:v>
       </x:c>
       <x:c r="C583" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D583" t="str">
-        <x:v>السيدة عائشة - FR</x:v>
+        <x:v>أم سليم والتبرك بآثار النبي - FR</x:v>
       </x:c>
       <x:c r="E583" t="str">
         <x:v/>
       </x:c>
       <x:c r="F583" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G583" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H583" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I583" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J583" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K583" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L583" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="584">
       <x:c r="A584" t="str">
-        <x:v>9789953205847</x:v>
+        <x:v>9789953205816</x:v>
       </x:c>
       <x:c r="B584" t="str">
-        <x:v>KDSTAF147I</x:v>
+        <x:v>KDSTAF146I</x:v>
       </x:c>
       <x:c r="C584" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D584" t="str">
-        <x:v>أم شريك - FR</x:v>
+        <x:v>السيدة عائشة - FR</x:v>
       </x:c>
       <x:c r="E584" t="str">
-        <x:v>أم شريك - FR</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F584" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G584" t="str">
         <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H584" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I584" t="str">
         <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J584" t="str">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="K584" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L584" t="str">
         <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="585">
       <x:c r="A585" t="str">
-        <x:v>9789953208121</x:v>
+        <x:v>9789953205847</x:v>
       </x:c>
       <x:c r="B585" t="str">
-        <x:v>AKDA107I</x:v>
+        <x:v>KDSTAF147I</x:v>
       </x:c>
       <x:c r="C585" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v>قصص</x:v>
       </x:c>
       <x:c r="D585" t="str">
-        <x:v>إظهار الإفادات من أوجز مختصرات السادة المالكية في علم الحال</x:v>
+        <x:v>أم شريك - FR</x:v>
       </x:c>
       <x:c r="E585" t="str">
-        <x:v>Ithhar Al Ifadat min Awjaz Mukhtasarat Al Sada Al Malikiyya fi ^ilm Hal</x:v>
+        <x:v>أم شريك - FR</x:v>
       </x:c>
       <x:c r="F585" t="str">
-        <x:v>الشيخ محمد طاهر أيت علجت الجزائري الزيتوني</x:v>
+        <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G585" t="str">
-        <x:v>$4.5</x:v>
+        <x:v>$1.66</x:v>
       </x:c>
       <x:c r="H585" t="str">
-        <x:v>96</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I585" t="str">
-        <x:v>عربية</x:v>
+        <x:v>عربية - فرنسية</x:v>
       </x:c>
       <x:c r="J585" t="str">
-        <x:v>2024</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="K585" t="str">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L585" t="str">
-        <x:v>غ 160</x:v>
+        <x:v>غ 50</x:v>
       </x:c>
     </x:row>
     <x:row r="586">
       <x:c r="A586" t="str">
-        <x:v>9789953207131</x:v>
+        <x:v>9789953208121</x:v>
       </x:c>
       <x:c r="B586" t="str">
-        <x:v>BIOA013I</x:v>
+        <x:v>AKDA107I</x:v>
       </x:c>
       <x:c r="C586" t="str">
-        <x:v>سير</x:v>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D586" t="str">
-        <x:v>إحياء الميت بفضائل أهل البيت</x:v>
+        <x:v>إظهار الإفادات من أوجز مختصرات السادة المالكية في علم الحال</x:v>
       </x:c>
       <x:c r="E586" t="str">
-        <x:v>Ihyaa Al Mayt b Fadael Ahl Al Bayt</x:v>
+        <x:v>Ithhar Al Ifadat min Awjaz Mukhtasarat Al Sada Al Malikiyya fi ^ilm Hal</x:v>
       </x:c>
       <x:c r="F586" t="str">
-        <x:v>الحافظ جلال الدين السيوطي</x:v>
+        <x:v>الشيخ محمد طاهر أيت علجت الجزائري الزيتوني</x:v>
       </x:c>
       <x:c r="G586" t="str">
-        <x:v>$2.5</x:v>
+        <x:v>$4.5</x:v>
       </x:c>
       <x:c r="H586" t="str">
-        <x:v>76</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I586" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J586" t="str">
-        <x:v>2018</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="K586" t="str">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L586" t="str">
-        <x:v>غ 140</x:v>
+        <x:v>غ 160</x:v>
       </x:c>
     </x:row>
     <x:row r="587">
       <x:c r="A587" t="str">
-        <x:v>9789953209944</x:v>
+        <x:v>9789953207131</x:v>
       </x:c>
       <x:c r="B587" t="str">
-        <x:v>AKDA110I</x:v>
+        <x:v>BIOA013I</x:v>
       </x:c>
       <x:c r="C587" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v>سير</x:v>
       </x:c>
       <x:c r="D587" t="str">
-        <x:v>مختصر إظهار العقيدة السنية بشرح العقيدة الطحاوية</x:v>
+        <x:v>إحياء الميت بفضائل أهل البيت</x:v>
       </x:c>
       <x:c r="E587" t="str">
-        <x:v>Moukhtasar Sharh Al Akida Al Sunniyya b Sharh Al Akida Al Tahawiyya</x:v>
+        <x:v>Ihyaa Al Mayt b Fadael Ahl Al Bayt</x:v>
       </x:c>
       <x:c r="F587" t="str">
-        <x:v>الشيخ سمير القاضي</x:v>
+        <x:v>الحافظ جلال الدين السيوطي</x:v>
       </x:c>
       <x:c r="G587" t="str">
-        <x:v>$3.4</x:v>
+        <x:v>$2.5</x:v>
       </x:c>
       <x:c r="H587" t="str">
-        <x:v>120</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I587" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J587" t="str">
-        <x:v>2024</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="K587" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L587" t="str">
-        <x:v>غ 200</x:v>
+        <x:v>غ 140</x:v>
       </x:c>
     </x:row>
     <x:row r="588">
       <x:c r="A588" t="str">
-        <x:v>9789953204628</x:v>
+        <x:v>9789953209944</x:v>
       </x:c>
       <x:c r="B588" t="str">
-        <x:v>AKDA109I</x:v>
+        <x:v>AKDA110I</x:v>
       </x:c>
       <x:c r="C588" t="str">
         <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D588" t="str">
-        <x:v>مختصر المطالب الوفية في شرح العقيدة النسفية</x:v>
+        <x:v>مختصر إظهار العقيدة السنية بشرح العقيدة الطحاوية</x:v>
       </x:c>
       <x:c r="E588" t="str">
-        <x:v>Moukhtasar Al Matalib Al Wafiya</x:v>
+        <x:v>Moukhtasar Sharh Al Akida Al Sunniyya b Sharh Al Akida Al Tahawiyya</x:v>
       </x:c>
       <x:c r="F588" t="str">
         <x:v>الشيخ سمير القاضي</x:v>
       </x:c>
       <x:c r="G588" t="str">
         <x:v>$3.4</x:v>
       </x:c>
       <x:c r="H588" t="str">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I588" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J588" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K588" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L588" t="str">
         <x:v>غ 200</x:v>
       </x:c>
     </x:row>
     <x:row r="589">
       <x:c r="A589" t="str">
-        <x:v>9789953207155</x:v>
+        <x:v>9789953204628</x:v>
       </x:c>
       <x:c r="B589" t="str">
-        <x:v>AKDA111I</x:v>
+        <x:v>AKDA109I</x:v>
       </x:c>
       <x:c r="C589" t="str">
         <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D589" t="str">
-        <x:v>الرسائل الهررية في تبيان نهج خير البريّة</x:v>
+        <x:v>مختصر المطالب الوفية في شرح العقيدة النسفية</x:v>
       </x:c>
       <x:c r="E589" t="str">
-        <x:v>Al- Rassael Al Harariyyah fi tibyan Nahj Khayr Al Bariyya</x:v>
+        <x:v>Moukhtasar Al Matalib Al Wafiya</x:v>
       </x:c>
       <x:c r="F589" t="str">
-        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+        <x:v>الشيخ سمير القاضي</x:v>
       </x:c>
       <x:c r="G589" t="str">
-        <x:v>$8.1</x:v>
+        <x:v>$3.4</x:v>
       </x:c>
       <x:c r="H589" t="str">
-        <x:v>342</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I589" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J589" t="str">
-        <x:v>2019</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="K589" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L589" t="str">
-        <x:v>غ 680</x:v>
+        <x:v>غ 200</x:v>
       </x:c>
     </x:row>
     <x:row r="590">
       <x:c r="A590" t="str">
-        <x:v>9789953205007</x:v>
+        <x:v>9789953207155</x:v>
       </x:c>
       <x:c r="B590" t="str">
-        <x:v>HDTHA044I</x:v>
+        <x:v>AKDA111I</x:v>
       </x:c>
       <x:c r="C590" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D590" t="str">
-        <x:v>سنن ابن ماجه</x:v>
+        <x:v>الرسائل الهررية في تبيان نهج خير البريّة</x:v>
       </x:c>
       <x:c r="E590" t="str">
-        <x:v>Sunan Ibn Majah</x:v>
+        <x:v>Al- Rassael Al Harariyyah fi tibyan Nahj Khayr Al Bariyya</x:v>
       </x:c>
       <x:c r="F590" t="str">
-        <x:v>الإمام محمد بن يزيد ابن ماجه القزويني</x:v>
+        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G590" t="str">
-        <x:v>$45</x:v>
+        <x:v>$8.1</x:v>
       </x:c>
       <x:c r="H590" t="str">
-        <x:v>1504</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I590" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J590" t="str">
-        <x:v>2018</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="K590" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L590" t="str">
-        <x:v>غ 2,240</x:v>
+        <x:v>غ 680</x:v>
       </x:c>
     </x:row>
     <x:row r="591">
       <x:c r="A591" t="str">
-        <x:v>9789953207148</x:v>
+        <x:v>9789953205007</x:v>
       </x:c>
       <x:c r="B591" t="str">
-        <x:v>HDTHA043I</x:v>
+        <x:v>HDTHA044I</x:v>
       </x:c>
       <x:c r="C591" t="str">
         <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D591" t="str">
-        <x:v>القول البديع في الصلاة على الحبيب الشفيع</x:v>
+        <x:v>سنن ابن ماجه</x:v>
       </x:c>
       <x:c r="E591" t="str">
-        <x:v>El Qawl Badi^ fi Salat ^ala Habib Al Shafi^</x:v>
+        <x:v>Sunan Ibn Majah</x:v>
       </x:c>
       <x:c r="F591" t="str">
-        <x:v>الإمام الحافظ محمد بن عبد الرحمن السّخاوي</x:v>
+        <x:v>الإمام محمد بن يزيد ابن ماجه القزويني</x:v>
       </x:c>
       <x:c r="G591" t="str">
-        <x:v>$13.8</x:v>
+        <x:v>$45</x:v>
       </x:c>
       <x:c r="H591" t="str">
-        <x:v>484</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="I591" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J591" t="str">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="K591" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L591" t="str">
-        <x:v>غ 880</x:v>
+        <x:v>غ 2,240</x:v>
       </x:c>
     </x:row>
     <x:row r="592">
       <x:c r="A592" t="str">
-        <x:v>9789953205021</x:v>
+        <x:v>9789953207148</x:v>
       </x:c>
       <x:c r="B592" t="str">
-        <x:v>TSWFA019I</x:v>
+        <x:v>HDTHA043I</x:v>
       </x:c>
       <x:c r="C592" t="str">
-        <x:v>تصوف</x:v>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D592" t="str">
-        <x:v>اللوامع الفردية في شرح الكواكب الدرية</x:v>
+        <x:v>القول البديع في الصلاة على الحبيب الشفيع</x:v>
       </x:c>
       <x:c r="E592" t="str">
-        <x:v>Al Lawame^ Al Fardiyya fi Sharh Al Kawakeb Al Durriyya</x:v>
+        <x:v>El Qawl Badi^ fi Salat ^ala Habib Al Shafi^</x:v>
       </x:c>
       <x:c r="F592" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>الإمام الحافظ محمد بن عبد الرحمن السّخاوي</x:v>
       </x:c>
       <x:c r="G592" t="str">
-        <x:v>$5</x:v>
+        <x:v>$13.8</x:v>
       </x:c>
       <x:c r="H592" t="str">
-        <x:v>220</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="I592" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J592" t="str">
-        <x:v>2023</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="K592" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L592" t="str">
-        <x:v>غ 360</x:v>
+        <x:v>غ 880</x:v>
       </x:c>
     </x:row>
     <x:row r="593">
       <x:c r="A593" t="str">
-        <x:v>9789953205038</x:v>
+        <x:v>9789953205021</x:v>
       </x:c>
       <x:c r="B593" t="str">
-        <x:v>FQHA044I</x:v>
+        <x:v>TSWFA019I</x:v>
       </x:c>
       <x:c r="C593" t="str">
-        <x:v>فقه</x:v>
+        <x:v>تصوف</x:v>
       </x:c>
       <x:c r="D593" t="str">
-        <x:v>برالوالدين</x:v>
+        <x:v>اللوامع الفردية في شرح الكواكب الدرية</x:v>
       </x:c>
       <x:c r="E593" t="str">
-        <x:v>Berr Al Walidayn</x:v>
+        <x:v>Al Lawame^ Al Fardiyya fi Sharh Al Kawakeb Al Durriyya</x:v>
       </x:c>
       <x:c r="F593" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G593" t="str">
-        <x:v>$4.3</x:v>
+        <x:v>$5</x:v>
       </x:c>
       <x:c r="H593" t="str">
-        <x:v>160</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I593" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J593" t="str">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="K593" t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L593" t="str">
-        <x:v>غ 260</x:v>
+        <x:v>غ 360</x:v>
       </x:c>
     </x:row>
     <x:row r="594">
       <x:c r="A594" t="str">
-        <x:v>9789953203133</x:v>
+        <x:v>9789953205038</x:v>
       </x:c>
       <x:c r="B594" t="str">
-        <x:v>RDODA007I</x:v>
+        <x:v>FQHA044I</x:v>
       </x:c>
       <x:c r="C594" t="str">
-        <x:v>دراسات وردود</x:v>
+        <x:v>فقه</x:v>
       </x:c>
       <x:c r="D594" t="str">
-        <x:v>رسالة استحسان الخوض في علم الكلام</x:v>
+        <x:v>برالوالدين</x:v>
       </x:c>
       <x:c r="E594" t="str">
-        <x:v>Risalat Istihsan Al Khawd fi ^ilm Al Kalam</x:v>
+        <x:v>Berr Al Walidayn</x:v>
       </x:c>
       <x:c r="F594" t="str">
-        <x:v>الإمام أبي الحسن الأشعري</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G594" t="str">
-        <x:v>$3</x:v>
+        <x:v>$4.3</x:v>
       </x:c>
       <x:c r="H594" t="str">
-        <x:v>80</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I594" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J594" t="str">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="K594" t="str">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L594" t="str">
-        <x:v>غ 140</x:v>
+        <x:v>غ 260</x:v>
       </x:c>
     </x:row>
     <x:row r="595">
       <x:c r="A595" t="str">
-        <x:v>9789953204963</x:v>
+        <x:v>9789953203133</x:v>
       </x:c>
       <x:c r="B595" t="str">
-        <x:v>AKDA112</x:v>
+        <x:v>RDODA007I</x:v>
       </x:c>
       <x:c r="C595" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v>دراسات وردود</x:v>
       </x:c>
       <x:c r="D595" t="str">
-        <x:v>جامع الخيرات - الجزء الثاني</x:v>
+        <x:v>رسالة استحسان الخوض في علم الكلام</x:v>
       </x:c>
       <x:c r="E595" t="str">
-        <x:v>Jame^ Al Khayrat Min Majales Al Shaykh Abdullah Al Harariyy 2</x:v>
+        <x:v>Risalat Istihsan Al Khawd fi ^ilm Al Kalam</x:v>
       </x:c>
       <x:c r="F595" t="str">
-        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+        <x:v>الإمام أبي الحسن الأشعري</x:v>
       </x:c>
       <x:c r="G595" t="str">
-        <x:v>$10</x:v>
+        <x:v>$3</x:v>
       </x:c>
       <x:c r="H595" t="str">
-        <x:v>384</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I595" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J595" t="str">
-        <x:v>2019</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="K595" t="str">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L595" t="str">
-        <x:v>غ 740</x:v>
+        <x:v>غ 140</x:v>
       </x:c>
     </x:row>
     <x:row r="596">
       <x:c r="A596" t="str">
-        <x:v>9789953207162</x:v>
+        <x:v>9789953204963</x:v>
       </x:c>
       <x:c r="B596" t="str">
-        <x:v>KDSTA008I</x:v>
+        <x:v>AKDA112</x:v>
       </x:c>
       <x:c r="C596" t="str">
-        <x:v>قصص</x:v>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D596" t="str">
-        <x:v>مصابيح الهدى</x:v>
+        <x:v>جامع الخيرات - الجزء الثاني</x:v>
       </x:c>
       <x:c r="E596" t="str">
-        <x:v>Masabih Al Huda - Story Book</x:v>
+        <x:v>Jame^ Al Khayrat Min Majales Al Shaykh Abdullah Al Harariyy 2</x:v>
       </x:c>
       <x:c r="F596" t="str">
-        <x:v>شركة دار المشاريع ناشرون</x:v>
+        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G596" t="str">
-        <x:v>$5.56</x:v>
+        <x:v>$10</x:v>
       </x:c>
       <x:c r="H596" t="str">
-        <x:v>44</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I596" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J596" t="str">
-        <x:v>2018</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="K596" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L596" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 740</x:v>
       </x:c>
     </x:row>
     <x:row r="597">
       <x:c r="A597" t="str">
-        <x:v>9789953204918</x:v>
+        <x:v>9789953207162</x:v>
       </x:c>
       <x:c r="B597" t="str">
-        <x:v>KDSTA009I</x:v>
+        <x:v>KDSTA008I</x:v>
       </x:c>
       <x:c r="C597" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D597" t="str">
-        <x:v>قصة عندما مرضت الأم</x:v>
+        <x:v>مصابيح الهدى</x:v>
       </x:c>
       <x:c r="E597" t="str">
-        <x:v>قصة عندما مرضت الأم</x:v>
+        <x:v>Masabih Al Huda - Story Book</x:v>
       </x:c>
       <x:c r="F597" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G597" t="str">
-        <x:v>$2.23</x:v>
+        <x:v>$5.56</x:v>
       </x:c>
       <x:c r="H597" t="str">
-        <x:v>16</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I597" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J597" t="str">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="K597" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L597" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="598">
       <x:c r="A598" t="str">
-        <x:v>9789953204925</x:v>
+        <x:v>9789953204918</x:v>
       </x:c>
       <x:c r="B598" t="str">
-        <x:v>KDSTA010I</x:v>
+        <x:v>KDSTA009I</x:v>
       </x:c>
       <x:c r="C598" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D598" t="str">
-        <x:v>الكذب المؤذي</x:v>
+        <x:v>قصة عندما مرضت الأم</x:v>
       </x:c>
       <x:c r="E598" t="str">
-        <x:v/>
+        <x:v>قصة عندما مرضت الأم</x:v>
       </x:c>
       <x:c r="F598" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G598" t="str">
         <x:v>$2.23</x:v>
       </x:c>
       <x:c r="H598" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I598" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J598" t="str">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="K598" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L598" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="599">
       <x:c r="A599" t="str">
-        <x:v>9789953204932</x:v>
+        <x:v>9789953204925</x:v>
       </x:c>
       <x:c r="B599" t="str">
-        <x:v>KDSTA011I</x:v>
+        <x:v>KDSTA010I</x:v>
       </x:c>
       <x:c r="C599" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D599" t="str">
-        <x:v>التعامل الحسن</x:v>
+        <x:v>الكذب المؤذي</x:v>
       </x:c>
       <x:c r="E599" t="str">
         <x:v/>
       </x:c>
       <x:c r="F599" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G599" t="str">
         <x:v>$2.23</x:v>
       </x:c>
       <x:c r="H599" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I599" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J599" t="str">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="K599" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L599" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="600">
       <x:c r="A600" t="str">
-        <x:v>9789953204956</x:v>
+        <x:v>9789953204932</x:v>
       </x:c>
       <x:c r="B600" t="str">
-        <x:v>KDSTA012I</x:v>
+        <x:v>KDSTA011I</x:v>
       </x:c>
       <x:c r="C600" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D600" t="str">
-        <x:v>نجيب والترتيب</x:v>
+        <x:v>التعامل الحسن</x:v>
       </x:c>
       <x:c r="E600" t="str">
-        <x:v>نجيب والترتيب</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F600" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G600" t="str">
         <x:v>$2.23</x:v>
       </x:c>
       <x:c r="H600" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I600" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J600" t="str">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="K600" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L600" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="601">
       <x:c r="A601" t="str">
-        <x:v>9789953204987</x:v>
+        <x:v>9789953204956</x:v>
       </x:c>
       <x:c r="B601" t="str">
-        <x:v>KDSTA013I</x:v>
+        <x:v>KDSTA012I</x:v>
       </x:c>
       <x:c r="C601" t="str">
         <x:v>قصص</x:v>
       </x:c>
       <x:c r="D601" t="str">
-        <x:v>شادي والتفكير الطويل</x:v>
+        <x:v>نجيب والترتيب</x:v>
       </x:c>
       <x:c r="E601" t="str">
-        <x:v/>
+        <x:v>نجيب والترتيب</x:v>
       </x:c>
       <x:c r="F601" t="str">
         <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G601" t="str">
         <x:v>$2.23</x:v>
       </x:c>
       <x:c r="H601" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I601" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J601" t="str">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="K601" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L601" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="602">
       <x:c r="A602" t="str">
-        <x:v>9789953202174</x:v>
+        <x:v>9789953204987</x:v>
       </x:c>
       <x:c r="B602" t="str">
-        <x:v>FQHA051I</x:v>
+        <x:v>KDSTA013I</x:v>
       </x:c>
       <x:c r="C602" t="str">
-        <x:v>فقه</x:v>
+        <x:v>قصص</x:v>
       </x:c>
       <x:c r="D602" t="str">
-        <x:v>جزء القراءة خلف الإمام</x:v>
+        <x:v>شادي والتفكير الطويل</x:v>
       </x:c>
       <x:c r="E602" t="str">
-        <x:v>Juz' Qiraa Khalfa Imam</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F602" t="str">
-        <x:v>الإمام الحافظ محمد بن إسماعيل البخاري</x:v>
+        <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G602" t="str">
-        <x:v>$7.5</x:v>
+        <x:v>$2.23</x:v>
       </x:c>
       <x:c r="H602" t="str">
-        <x:v>178</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I602" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J602" t="str">
-        <x:v>2021</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="K602" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L602" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="603">
       <x:c r="A603" t="str">
-        <x:v>9789953205090</x:v>
+        <x:v>9789953202174</x:v>
       </x:c>
       <x:c r="B603" t="str">
-        <x:v>HDTHA016I</x:v>
+        <x:v>FQHA051I</x:v>
       </x:c>
       <x:c r="C603" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>فقه</x:v>
       </x:c>
       <x:c r="D603" t="str">
-        <x:v>كتاب الأدب لابن أبي شيبة</x:v>
+        <x:v>جزء القراءة خلف الإمام</x:v>
       </x:c>
       <x:c r="E603" t="str">
-        <x:v>Kitab Al Adab li Ibn Shiba</x:v>
+        <x:v>Juz' Qiraa Khalfa Imam</x:v>
       </x:c>
       <x:c r="F603" t="str">
-        <x:v>الحافظ عبد الله بن أبي شيبة العبسي</x:v>
+        <x:v>الإمام الحافظ محمد بن إسماعيل البخاري</x:v>
       </x:c>
       <x:c r="G603" t="str">
-        <x:v>$5.8</x:v>
+        <x:v>$7.5</x:v>
       </x:c>
       <x:c r="H603" t="str">
-        <x:v>196</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I603" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J603" t="str">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="K603" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L603" t="str">
-        <x:v>غ 320</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="604">
       <x:c r="A604" t="str">
-        <x:v>9789953209012</x:v>
+        <x:v>9789953205090</x:v>
       </x:c>
       <x:c r="B604" t="str">
         <x:v>HDTHA016I</x:v>
       </x:c>
       <x:c r="C604" t="str">
         <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D604" t="str">
-        <x:v>الأدب المفرد</x:v>
+        <x:v>كتاب الأدب لابن أبي شيبة</x:v>
       </x:c>
       <x:c r="E604" t="str">
-        <x:v>Adab Mufrad</x:v>
+        <x:v>Kitab Al Adab li Ibn Shiba</x:v>
       </x:c>
       <x:c r="F604" t="str">
-        <x:v>الإمام الحافظ محمد بن إسماعيل البخاري</x:v>
+        <x:v>الحافظ عبد الله بن أبي شيبة العبسي</x:v>
       </x:c>
       <x:c r="G604" t="str">
-        <x:v>$35</x:v>
+        <x:v>$5.8</x:v>
       </x:c>
       <x:c r="H604" t="str">
-        <x:v>1120</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I604" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J604" t="str">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="K604" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L604" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 320</x:v>
       </x:c>
     </x:row>
     <x:row r="605">
       <x:c r="A605" t="str">
-        <x:v>9789953208992</x:v>
+        <x:v>9789953209012</x:v>
       </x:c>
       <x:c r="B605" t="str">
-        <x:v>RDODA071I</x:v>
+        <x:v>HDTHA016I</x:v>
       </x:c>
       <x:c r="C605" t="str">
-        <x:v>دراسات وردود</x:v>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D605" t="str">
-        <x:v>الصواعق الجهبلية في الرد على المجسم ابن تيمية</x:v>
+        <x:v>الأدب المفرد</x:v>
       </x:c>
       <x:c r="E605" t="str">
-        <x:v>Sawa^eq Jahbaliyya fi l Rad ^ala l Mujassim Ibn Taymiya</x:v>
+        <x:v>Adab Mufrad</x:v>
       </x:c>
       <x:c r="F605" t="str">
-        <x:v>شهاب الدين أحمد بن جهبل الشافعي</x:v>
+        <x:v>الإمام الحافظ محمد بن إسماعيل البخاري</x:v>
       </x:c>
       <x:c r="G605" t="str">
-        <x:v>$5.2</x:v>
+        <x:v>$35</x:v>
       </x:c>
       <x:c r="H605" t="str">
-        <x:v>240</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="I605" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J605" t="str">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="K605" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L605" t="str">
-        <x:v>غ 360</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="606">
       <x:c r="A606" t="str">
-        <x:v>9789953209036</x:v>
+        <x:v>9789953208992</x:v>
       </x:c>
       <x:c r="B606" t="str">
-        <x:v>AKDA117I</x:v>
+        <x:v>RDODA071I</x:v>
       </x:c>
       <x:c r="C606" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v>دراسات وردود</x:v>
       </x:c>
       <x:c r="D606" t="str">
-        <x:v>أنس المجالس - الجزء الثاني</x:v>
+        <x:v>الصواعق الجهبلية في الرد على المجسم ابن تيمية</x:v>
       </x:c>
       <x:c r="E606" t="str">
-        <x:v>Uns Al Majales 2</x:v>
+        <x:v>Sawa^eq Jahbaliyya fi l Rad ^ala l Mujassim Ibn Taymiya</x:v>
       </x:c>
       <x:c r="F606" t="str">
-        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+        <x:v>شهاب الدين أحمد بن جهبل الشافعي</x:v>
       </x:c>
       <x:c r="G606" t="str">
-        <x:v>$8</x:v>
+        <x:v>$5.2</x:v>
       </x:c>
       <x:c r="H606" t="str">
-        <x:v>496</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I606" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J606" t="str">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="K606" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L606" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 360</x:v>
       </x:c>
     </x:row>
     <x:row r="607">
       <x:c r="A607" t="str">
-        <x:v>9789953208978</x:v>
+        <x:v>9789953209036</x:v>
       </x:c>
       <x:c r="B607" t="str">
-        <x:v>BIOA015I</x:v>
+        <x:v>AKDA117I</x:v>
       </x:c>
       <x:c r="C607" t="str">
-        <x:v>وعظ وإرشاد</x:v>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D607" t="str">
-        <x:v>إرشاد الأنام بشرح وصايا أبي حنيفة الإمام</x:v>
+        <x:v>أنس المجالس - الجزء الثاني</x:v>
       </x:c>
       <x:c r="E607" t="str">
-        <x:v>Irshad Al Anam b Sharh Wasaya Abi Hanifa l Imam</x:v>
+        <x:v>Uns Al Majales 2</x:v>
       </x:c>
       <x:c r="F607" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G607" t="str">
-        <x:v>$10</x:v>
+        <x:v>$8</x:v>
       </x:c>
       <x:c r="H607" t="str">
-        <x:v>394</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="I607" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J607" t="str">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="K607" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L607" t="str">
-        <x:v>غ 740</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="608">
       <x:c r="A608" t="str">
-        <x:v>9789953209043</x:v>
+        <x:v>9789953208978</x:v>
       </x:c>
       <x:c r="B608" t="str">
-        <x:v>HDTHA052I</x:v>
+        <x:v>BIOA015I</x:v>
       </x:c>
       <x:c r="C608" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>وعظ وإرشاد</x:v>
       </x:c>
       <x:c r="D608" t="str">
-        <x:v>شرح التبصرة والتذكرة</x:v>
+        <x:v>إرشاد الأنام بشرح وصايا أبي حنيفة الإمام</x:v>
       </x:c>
       <x:c r="E608" t="str">
-        <x:v>Sharh el Tabsira w Tathkira</x:v>
+        <x:v>Irshad Al Anam b Sharh Wasaya Abi Hanifa l Imam</x:v>
       </x:c>
       <x:c r="F608" t="str">
-        <x:v>الحافظ زين الدين العراقي</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G608" t="str">
-        <x:v>$28.5</x:v>
+        <x:v>$10</x:v>
       </x:c>
       <x:c r="H608" t="str">
-        <x:v>1024</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I608" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J608" t="str">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="K608" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L608" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 740</x:v>
       </x:c>
     </x:row>
     <x:row r="609">
       <x:c r="A609" t="str">
-        <x:v>9789953209098</x:v>
+        <x:v>9789953209043</x:v>
       </x:c>
       <x:c r="B609" t="str">
-        <x:v>HDTHA054I</x:v>
+        <x:v>HDTHA052I</x:v>
       </x:c>
       <x:c r="C609" t="str">
         <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D609" t="str">
-        <x:v>كتاب القناعة</x:v>
+        <x:v>شرح التبصرة والتذكرة</x:v>
       </x:c>
       <x:c r="E609" t="str">
-        <x:v>Kitab el Qana^a</x:v>
+        <x:v>Sharh el Tabsira w Tathkira</x:v>
       </x:c>
       <x:c r="F609" t="str">
-        <x:v>الحافظ ابن السني</x:v>
+        <x:v>الحافظ زين الدين العراقي</x:v>
       </x:c>
       <x:c r="G609" t="str">
-        <x:v>$3.2</x:v>
+        <x:v>$28.5</x:v>
       </x:c>
       <x:c r="H609" t="str">
-        <x:v>80</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="I609" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J609" t="str">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="K609" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L609" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="610">
       <x:c r="A610" t="str">
-        <x:v>9789953209104</x:v>
+        <x:v>9789953209098</x:v>
       </x:c>
       <x:c r="B610" t="str">
-        <x:v>HDTHA053I</x:v>
+        <x:v>HDTHA054I</x:v>
       </x:c>
       <x:c r="C610" t="str">
         <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D610" t="str">
-        <x:v>مرشد المحدثين إلى متون الأربعين  - 7 مجلدات</x:v>
+        <x:v>كتاب القناعة</x:v>
       </x:c>
       <x:c r="E610" t="str">
-        <x:v>Mourshid Al Mouhaddithin ila Mutoun al Arba^in - 7 Parts</x:v>
+        <x:v>Kitab el Qana^a</x:v>
       </x:c>
       <x:c r="F610" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>الحافظ ابن السني</x:v>
       </x:c>
       <x:c r="G610" t="str">
-        <x:v>$83.62</x:v>
+        <x:v>$3.2</x:v>
       </x:c>
       <x:c r="H610" t="str">
-        <x:v>3403</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I610" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J610" t="str">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="K610" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L610" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="611">
       <x:c r="A611" t="str">
-        <x:v>9789953207780</x:v>
+        <x:v>9789953209104</x:v>
       </x:c>
       <x:c r="B611" t="str">
-        <x:v>AKDA115I</x:v>
+        <x:v>HDTHA053I</x:v>
       </x:c>
       <x:c r="C611" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D611" t="str">
-        <x:v>نفائس المحاضرات</x:v>
+        <x:v>مرشد المحدثين إلى متون الأربعين  - 7 مجلدات</x:v>
       </x:c>
       <x:c r="E611" t="str">
-        <x:v>Nafaes Al Muhadarat</x:v>
+        <x:v>Mourshid Al Mouhaddithin ila Mutoun al Arba^in - 7 Parts</x:v>
       </x:c>
       <x:c r="F611" t="str">
-        <x:v>الشيخ طارق اللحام</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G611" t="str">
-        <x:v>$9.3</x:v>
+        <x:v>$83.62</x:v>
       </x:c>
       <x:c r="H611" t="str">
-        <x:v>500</x:v>
+        <x:v>3403</x:v>
       </x:c>
       <x:c r="I611" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J611" t="str">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="K611" t="str">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L611" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="612">
       <x:c r="A612" t="str">
-        <x:v>9789953209111</x:v>
+        <x:v>9789953207780</x:v>
       </x:c>
       <x:c r="B612" t="str">
-        <x:v>HDTHA055I</x:v>
+        <x:v>AKDA115I</x:v>
       </x:c>
       <x:c r="C612" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D612" t="str">
-        <x:v>الأربعون العلياء في أحاديث المعراج والإسراء</x:v>
+        <x:v>نفائس المحاضرات</x:v>
       </x:c>
       <x:c r="E612" t="str">
-        <x:v>Al Arbaoun Alyaa fi Ahadith Mi^raj wal Israa</x:v>
+        <x:v>Nafaes Al Muhadarat</x:v>
       </x:c>
       <x:c r="F612" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>الشيخ طارق اللحام</x:v>
       </x:c>
       <x:c r="G612" t="str">
-        <x:v>$2.5</x:v>
+        <x:v>$9.3</x:v>
       </x:c>
       <x:c r="H612" t="str">
-        <x:v>56</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I612" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J612" t="str">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="K612" t="str">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L612" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="613">
       <x:c r="A613" t="str">
-        <x:v>9789953209074</x:v>
+        <x:v>9789953209111</x:v>
       </x:c>
       <x:c r="B613" t="str">
-        <x:v>AKDA121I</x:v>
+        <x:v>HDTHA055I</x:v>
       </x:c>
       <x:c r="C613" t="str">
-        <x:v>عقيدة وفقه</x:v>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D613" t="str">
-        <x:v>جامع الخيرات من مجالس الشيخ عبد الله - الجزء الثالث</x:v>
+        <x:v>الأربعون العلياء في أحاديث المعراج والإسراء</x:v>
       </x:c>
       <x:c r="E613" t="str">
-        <x:v>Jame^ Al Khayrat Min Majales Al Shaykh Abdullah Al Harariyy 3</x:v>
+        <x:v>Al Arbaoun Alyaa fi Ahadith Mi^raj wal Israa</x:v>
       </x:c>
       <x:c r="F613" t="str">
-        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G613" t="str">
-        <x:v>$9.3</x:v>
+        <x:v>$2.5</x:v>
       </x:c>
       <x:c r="H613" t="str">
-        <x:v>394</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I613" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J613" t="str">
-        <x:v>2025</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="K613" t="str">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L613" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="614">
       <x:c r="A614" t="str">
-        <x:v>9789953209968</x:v>
+        <x:v>9789953209074</x:v>
       </x:c>
       <x:c r="B614" t="str">
-        <x:v>AKDA122I</x:v>
+        <x:v>AKDA121I</x:v>
       </x:c>
       <x:c r="C614" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v>عقيدة وفقه</x:v>
       </x:c>
       <x:c r="D614" t="str">
-        <x:v>فتح الكريم بشرح الصراط المستقيم</x:v>
+        <x:v>جامع الخيرات من مجالس الشيخ عبد الله - الجزء الثالث</x:v>
       </x:c>
       <x:c r="E614" t="str">
-        <x:v>Fath l Karim b Sharh Sirat Mustaqim</x:v>
+        <x:v>Jame^ Al Khayrat Min Majales Al Shaykh Abdullah Al Harariyy 3</x:v>
       </x:c>
       <x:c r="F614" t="str">
-        <x:v>الشيخ الدكتور أحمد بن عبد الرزاق أحمد آل طه</x:v>
+        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G614" t="str">
-        <x:v>$10</x:v>
+        <x:v>$9.3</x:v>
       </x:c>
       <x:c r="H614" t="str">
-        <x:v>240</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I614" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J614" t="str">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="K614" t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L614" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="615">
       <x:c r="A615" t="str">
-        <x:v>9789953209067</x:v>
+        <x:v>9789953209968</x:v>
       </x:c>
       <x:c r="B615" t="str">
-        <x:v>AKDA123I</x:v>
+        <x:v>AKDA122I</x:v>
       </x:c>
       <x:c r="C615" t="str">
         <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D615" t="str">
-        <x:v>شرح عقيدة المسلمين</x:v>
+        <x:v>فتح الكريم بشرح الصراط المستقيم</x:v>
       </x:c>
       <x:c r="E615" t="str">
-        <x:v>Sharh Akidat Muslimin</x:v>
+        <x:v>Fath l Karim b Sharh Sirat Mustaqim</x:v>
       </x:c>
       <x:c r="F615" t="str">
-        <x:v>الشيخ طارق اللحام</x:v>
+        <x:v>الشيخ الدكتور أحمد بن عبد الرزاق أحمد آل طه</x:v>
       </x:c>
       <x:c r="G615" t="str">
         <x:v>$10</x:v>
       </x:c>
       <x:c r="H615" t="str">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I615" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J615" t="str">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="K615" t="str">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L615" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="616">
       <x:c r="A616" t="str">
-        <x:v>9789953209128</x:v>
+        <x:v>9789953209067</x:v>
       </x:c>
       <x:c r="B616" t="str">
-        <x:v>HDTHA056I</x:v>
+        <x:v>AKDA123I</x:v>
       </x:c>
       <x:c r="C616" t="str">
-        <x:v>السيرة النبوية</x:v>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D616" t="str">
-        <x:v>إمداد المحتاج إلى معرفة الإسراء والمعراج</x:v>
+        <x:v>شرح عقيدة المسلمين</x:v>
       </x:c>
       <x:c r="E616" t="str">
-        <x:v>Imdad al Muhtaj ila Ma^rifat al Israa wal Mi^raj</x:v>
+        <x:v>Sharh Akidat Muslimin</x:v>
       </x:c>
       <x:c r="F616" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>الشيخ طارق اللحام</x:v>
       </x:c>
       <x:c r="G616" t="str">
-        <x:v>$3.8</x:v>
+        <x:v>$10</x:v>
       </x:c>
       <x:c r="H616" t="str">
-        <x:v>80</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I616" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J616" t="str">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="K616" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L616" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="617">
       <x:c r="A617" t="str">
-        <x:v>9789953209135</x:v>
+        <x:v>9789953209128</x:v>
       </x:c>
       <x:c r="B617" t="str">
-        <x:v>AZA009I</x:v>
+        <x:v>HDTHA056I</x:v>
       </x:c>
       <x:c r="C617" t="str">
-        <x:v>أذكار</x:v>
+        <x:v>السيرة النبوية</x:v>
       </x:c>
       <x:c r="D617" t="str">
-        <x:v>الحصين الحصين من كلام سيد المرسلين</x:v>
+        <x:v>إمداد المحتاج إلى معرفة الإسراء والمعراج</x:v>
       </x:c>
       <x:c r="E617" t="str">
-        <x:v>Al Husn Hasin</x:v>
+        <x:v>Imdad al Muhtaj ila Ma^rifat al Israa wal Mi^raj</x:v>
       </x:c>
       <x:c r="F617" t="str">
-        <x:v>شركة دار المشاريع ناشرون</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G617" t="str">
-        <x:v>$1.3</x:v>
+        <x:v>$3.8</x:v>
       </x:c>
       <x:c r="H617" t="str">
-        <x:v>160</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I617" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J617" t="str">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="K617" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L617" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="618">
       <x:c r="A618" t="str">
-        <x:v>9789953209999</x:v>
+        <x:v>9789953209135</x:v>
       </x:c>
       <x:c r="B618" t="str">
-        <x:v>EXPA018I</x:v>
+        <x:v>AZA009I</x:v>
       </x:c>
       <x:c r="C618" t="str">
-        <x:v>تفاسير</x:v>
+        <x:v>أذكار</x:v>
       </x:c>
       <x:c r="D618" t="str">
-        <x:v>أنس المتقين ولذة العابدين في تفسير سورة الرحمن والواقعة وتبارك والكهف ويس</x:v>
+        <x:v>الحصين الحصين من كلام سيد المرسلين</x:v>
       </x:c>
       <x:c r="E618" t="str">
-        <x:v>Unsu l Muttaqin wa Lathat al ^Abidin fi tafsir Surat Rahman w Waqi^a w Tabarak w Kahf w Yasin</x:v>
+        <x:v>Al Husn Hasin</x:v>
       </x:c>
       <x:c r="F618" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G618" t="str">
-        <x:v>$15</x:v>
+        <x:v>$1.3</x:v>
       </x:c>
       <x:c r="H618" t="str">
-        <x:v>480</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I618" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J618" t="str">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="K618" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L618" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="619">
       <x:c r="A619" t="str">
-        <x:v>9789953204611</x:v>
+        <x:v>9789953209999</x:v>
       </x:c>
       <x:c r="B619" t="str">
-        <x:v>HDTHA057I</x:v>
+        <x:v>EXPA018I</x:v>
       </x:c>
       <x:c r="C619" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>تفاسير</x:v>
       </x:c>
       <x:c r="D619" t="str">
-        <x:v>بلوغ المرام من أدلة الأحكام كرتونه</x:v>
+        <x:v>أنس المتقين ولذة العابدين في تفسير سورة الرحمن والواقعة وتبارك والكهف ويس</x:v>
       </x:c>
       <x:c r="E619" t="str">
-        <x:v>Bulough el Maram Min Adillat Al Ahkam</x:v>
+        <x:v>Unsu l Muttaqin wa Lathat al ^Abidin fi tafsir Surat Rahman w Waqi^a w Tabarak w Kahf w Yasin</x:v>
       </x:c>
       <x:c r="F619" t="str">
-        <x:v>الحافظ ابن حجر العسقلاني</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G619" t="str">
-        <x:v>$16.3</x:v>
+        <x:v>$15</x:v>
       </x:c>
       <x:c r="H619" t="str">
-        <x:v>456</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I619" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J619" t="str">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="K619" t="str">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L619" t="str">
-        <x:v>غ 845</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="620">
       <x:c r="A620" t="str">
-        <x:v>9789953209180</x:v>
+        <x:v>9789953204611</x:v>
       </x:c>
       <x:c r="B620" t="str">
-        <x:v>HDTHA058I</x:v>
+        <x:v>HDTHA057I</x:v>
       </x:c>
       <x:c r="C620" t="str">
         <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D620" t="str">
-        <x:v>أنس الذاكرين من أحاديث سيّد المرسلين</x:v>
+        <x:v>بلوغ المرام من أدلة الأحكام كرتونه</x:v>
       </x:c>
       <x:c r="E620" t="str">
-        <x:v>Uns Thankirin min Ahadith Sayyid al Mursalin</x:v>
+        <x:v>Bulough el Maram Min Adillat Al Ahkam</x:v>
       </x:c>
       <x:c r="F620" t="str">
-        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+        <x:v>الحافظ ابن حجر العسقلاني</x:v>
       </x:c>
       <x:c r="G620" t="str">
-        <x:v>$15.5</x:v>
+        <x:v>$16.3</x:v>
       </x:c>
       <x:c r="H620" t="str">
-        <x:v>628</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I620" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J620" t="str">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="K620" t="str">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="L620" t="str">
-        <x:v>غ 1,035</x:v>
+        <x:v>غ 845</x:v>
       </x:c>
     </x:row>
     <x:row r="621">
       <x:c r="A621" t="str">
-        <x:v>9789953209203</x:v>
+        <x:v>9789953209180</x:v>
       </x:c>
       <x:c r="B621" t="str">
-        <x:v>HDTHA060I</x:v>
+        <x:v>HDTHA058I</x:v>
       </x:c>
       <x:c r="C621" t="str">
         <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D621" t="str">
-        <x:v>شرح الأربعين الطبية</x:v>
+        <x:v>أنس الذاكرين من أحاديث سيّد المرسلين</x:v>
       </x:c>
       <x:c r="E621" t="str">
-        <x:v>Sharh Al Arbaiin Al Tibbiyya</x:v>
+        <x:v>Uns Thankirin min Ahadith Sayyid al Mursalin</x:v>
       </x:c>
       <x:c r="F621" t="str">
-        <x:v>عبد اللطيف البغدادي</x:v>
+        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G621" t="str">
-        <x:v>$6.8</x:v>
+        <x:v>$15.5</x:v>
       </x:c>
       <x:c r="H621" t="str">
-        <x:v>160</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="I621" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J621" t="str">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="K621" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L621" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 1,035</x:v>
       </x:c>
     </x:row>
     <x:row r="622">
       <x:c r="A622" t="str">
-        <x:v>9789953208695</x:v>
+        <x:v>9789953209203</x:v>
       </x:c>
       <x:c r="B622" t="str">
-        <x:v>HDTHA059I</x:v>
+        <x:v>HDTHA060I</x:v>
       </x:c>
       <x:c r="C622" t="str">
         <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D622" t="str">
-        <x:v>كتاب رفع اليدين في الصلاة</x:v>
+        <x:v>شرح الأربعين الطبية</x:v>
       </x:c>
       <x:c r="E622" t="str">
-        <x:v>Kitab Raf^ al Yadayn fi Salat</x:v>
+        <x:v>Sharh Al Arbaiin Al Tibbiyya</x:v>
       </x:c>
       <x:c r="F622" t="str">
-        <x:v>الإمام الحافظ محمد بن إسماعيل البخاري</x:v>
+        <x:v>عبد اللطيف البغدادي</x:v>
       </x:c>
       <x:c r="G622" t="str">
-        <x:v>$7.5</x:v>
+        <x:v>$6.8</x:v>
       </x:c>
       <x:c r="H622" t="str">
-        <x:v>198</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I622" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J622" t="str">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="K622" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L622" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="623">
       <x:c r="A623" t="str">
-        <x:v>9789953204949</x:v>
+        <x:v>9789953208695</x:v>
       </x:c>
       <x:c r="B623" t="str">
-        <x:v>EXPA017I</x:v>
+        <x:v>HDTHA059I</x:v>
       </x:c>
       <x:c r="C623" t="str">
-        <x:v>علوم القرءان</x:v>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D623" t="str">
-        <x:v>فتح المتعال في فك لفظ تحفة الأطفال</x:v>
+        <x:v>كتاب رفع اليدين في الصلاة</x:v>
       </x:c>
       <x:c r="E623" t="str">
-        <x:v>Fath l Muta^al fi fak lafth tuhfat Atfal</x:v>
+        <x:v>Kitab Raf^ al Yadayn fi Salat</x:v>
       </x:c>
       <x:c r="F623" t="str">
-        <x:v>محمد سمير فهمي دبليز</x:v>
+        <x:v>الإمام الحافظ محمد بن إسماعيل البخاري</x:v>
       </x:c>
       <x:c r="G623" t="str">
-        <x:v>$3.3</x:v>
+        <x:v>$7.5</x:v>
       </x:c>
       <x:c r="H623" t="str">
-        <x:v>68</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I623" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J623" t="str">
-        <x:v>2025</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="K623" t="str">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L623" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="624">
       <x:c r="A624" t="str">
-        <x:v>9789953208701</x:v>
+        <x:v>9789953204949</x:v>
       </x:c>
       <x:c r="B624" t="str">
-        <x:v>AKDA125I</x:v>
+        <x:v>EXPA017I</x:v>
       </x:c>
       <x:c r="C624" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v>علوم القرءان</x:v>
       </x:c>
       <x:c r="D624" t="str">
-        <x:v>البحوث الحسان من صريح البيان</x:v>
+        <x:v>فتح المتعال في فك لفظ تحفة الأطفال</x:v>
       </x:c>
       <x:c r="E624" t="str">
-        <x:v>Al Buhuth ul Hisan min Sarih el Bayan</x:v>
+        <x:v>Fath l Muta^al fi fak lafth tuhfat Atfal</x:v>
       </x:c>
       <x:c r="F624" t="str">
-        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+        <x:v>محمد سمير فهمي دبليز</x:v>
       </x:c>
       <x:c r="G624" t="str">
-        <x:v>$3.8</x:v>
+        <x:v>$3.3</x:v>
       </x:c>
       <x:c r="H624" t="str">
-        <x:v>135</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I624" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J624" t="str">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="K624" t="str">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L624" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="625">
       <x:c r="A625" t="str">
-        <x:v>9789953202471</x:v>
+        <x:v>9789953208701</x:v>
       </x:c>
       <x:c r="B625" t="str">
-        <x:v>RDODAO17I</x:v>
+        <x:v>AKDA125I</x:v>
       </x:c>
       <x:c r="C625" t="str">
         <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D625" t="str">
-        <x:v>رسالة بطلان اولية النور المحمدي</x:v>
+        <x:v>البحوث الحسان من صريح البيان</x:v>
       </x:c>
       <x:c r="E625" t="str">
-        <x:v/>
+        <x:v>Al Buhuth ul Hisan min Sarih el Bayan</x:v>
       </x:c>
       <x:c r="F625" t="str">
         <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G625" t="str">
-        <x:v>$2.2</x:v>
+        <x:v>$3.8</x:v>
       </x:c>
       <x:c r="H625" t="str">
-        <x:v>80</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I625" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J625" t="str">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="K625" t="str">
-        <x:v>4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L625" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="626">
       <x:c r="A626" t="str">
-        <x:v>9789953208312</x:v>
+        <x:v>9789953202471</x:v>
       </x:c>
       <x:c r="B626" t="str">
-        <x:v>RDODA073I</x:v>
+        <x:v>RDODAO17I</x:v>
       </x:c>
       <x:c r="C626" t="str">
         <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D626" t="str">
-        <x:v>الانصاف فيما جرى في عصمة الانبياء بين العلماء من الخلاف</x:v>
+        <x:v>رسالة بطلان اولية النور المحمدي</x:v>
       </x:c>
       <x:c r="E626" t="str">
-        <x:v>الانصاف</x:v>
+        <x:v/>
       </x:c>
       <x:c r="F626" t="str">
-        <x:v>الشيخ عبد الهادي الدالاتي</x:v>
+        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G626" t="str">
-        <x:v>$3.5</x:v>
+        <x:v>$2.2</x:v>
       </x:c>
       <x:c r="H626" t="str">
-        <x:v>136</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I626" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J626" t="str">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="K626" t="str">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="L626" t="str">
-        <x:v>غ 135</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="627">
       <x:c r="A627" t="str">
-        <x:v>9789953206912</x:v>
+        <x:v>9789953208312</x:v>
       </x:c>
       <x:c r="B627" t="str">
-        <x:v>FQHF004</x:v>
+        <x:v>RDODA073I</x:v>
       </x:c>
       <x:c r="C627" t="str">
-        <x:v>فقه</x:v>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D627" t="str">
-        <x:v>Apprends comment faire le woudou' et la priere</x:v>
+        <x:v>الانصاف فيما جرى في عصمة الانبياء بين العلماء من الخلاف</x:v>
       </x:c>
       <x:c r="E627" t="str">
-        <x:v>تعلم كيف تتوضأ وتصلى فرنسي</x:v>
+        <x:v>الانصاف</x:v>
       </x:c>
       <x:c r="F627" t="str">
-        <x:v>شركة دار المشاريع ناشرون</x:v>
+        <x:v>الشيخ عبد الهادي الدالاتي</x:v>
       </x:c>
       <x:c r="G627" t="str">
-        <x:v>$3</x:v>
+        <x:v>$3.5</x:v>
       </x:c>
       <x:c r="H627" t="str">
-        <x:v>72</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I627" t="str">
-        <x:v>فرنسية</x:v>
+        <x:v>عربية</x:v>
       </x:c>
       <x:c r="J627" t="str">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="K627" t="str">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L627" t="str">
-        <x:v>غ 60</x:v>
+        <x:v>غ 135</x:v>
       </x:c>
     </x:row>
     <x:row r="628">
       <x:c r="A628" t="str">
-        <x:v>9789953208718</x:v>
+        <x:v>9789953206912</x:v>
       </x:c>
       <x:c r="B628" t="str">
-        <x:v>tswfa020i</x:v>
+        <x:v>FQHF004</x:v>
       </x:c>
       <x:c r="C628" t="str">
-        <x:v/>
+        <x:v>فقه</x:v>
       </x:c>
       <x:c r="D628" t="str">
-        <x:v>الاسرار الجلية في فضل ومناقب الامام الرفاعي غوث الرفاعية</x:v>
+        <x:v>Apprends comment faire le woudou' et la priere</x:v>
       </x:c>
       <x:c r="E628" t="str">
-        <x:v/>
+        <x:v>تعلم كيف تتوضأ وتصلى فرنسي</x:v>
       </x:c>
       <x:c r="F628" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>شركة دار المشاريع ناشرون</x:v>
       </x:c>
       <x:c r="G628" t="str">
-        <x:v>$11.8</x:v>
+        <x:v>$3</x:v>
       </x:c>
       <x:c r="H628" t="str">
-        <x:v>352</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I628" t="str">
-        <x:v>عربية</x:v>
+        <x:v>فرنسية</x:v>
       </x:c>
       <x:c r="J628" t="str">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="K628" t="str">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L628" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 60</x:v>
       </x:c>
     </x:row>
     <x:row r="629">
       <x:c r="A629" t="str">
-        <x:v>9789953208770</x:v>
+        <x:v>9789953208718</x:v>
       </x:c>
       <x:c r="B629" t="str">
-        <x:v>11111</x:v>
+        <x:v>tswfa020i</x:v>
       </x:c>
       <x:c r="C629" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D629" t="str">
-        <x:v>الاربعون الزواهر في فضل شهر رمضان الباهر</x:v>
+        <x:v>الاسرار الجلية في فضل ومناقب الامام الرفاعي غوث الرفاعية</x:v>
       </x:c>
       <x:c r="E629" t="str">
         <x:v/>
       </x:c>
       <x:c r="F629" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G629" t="str">
-        <x:v>$2</x:v>
+        <x:v>$11.8</x:v>
       </x:c>
       <x:c r="H629" t="str">
-        <x:v>96</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I629" t="str">
-        <x:v/>
+        <x:v>عربية</x:v>
       </x:c>
       <x:c r="J629" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K629" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L629" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="630">
       <x:c r="A630" t="str">
-        <x:v>9789953208800</x:v>
+        <x:v>9789953208770</x:v>
       </x:c>
       <x:c r="B630" t="str">
-        <x:v>1111</x:v>
+        <x:v>11111</x:v>
       </x:c>
       <x:c r="C630" t="str">
-        <x:v/>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D630" t="str">
-        <x:v>الابداع في معاني خطبة الوداع</x:v>
+        <x:v>الاربعون الزواهر في فضل شهر رمضان الباهر</x:v>
       </x:c>
       <x:c r="E630" t="str">
         <x:v/>
       </x:c>
       <x:c r="F630" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G630" t="str">
-        <x:v>$6.2</x:v>
+        <x:v>$2</x:v>
       </x:c>
       <x:c r="H630" t="str">
-        <x:v>208</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I630" t="str">
-        <x:v>عربية</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J630" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K630" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L630" t="str">
-        <x:v>غ 325</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="631">
       <x:c r="A631" t="str">
-        <x:v>9789953208824</x:v>
+        <x:v>9789953208800</x:v>
       </x:c>
       <x:c r="B631" t="str">
-        <x:v>2222</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="C631" t="str">
         <x:v/>
       </x:c>
       <x:c r="D631" t="str">
-        <x:v>رسالة المعتقد</x:v>
+        <x:v>الابداع في معاني خطبة الوداع</x:v>
       </x:c>
       <x:c r="E631" t="str">
         <x:v/>
       </x:c>
       <x:c r="F631" t="str">
-        <x:v>أبي عبد الله محمد بن خفيف الشيرازي</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G631" t="str">
-        <x:v>$5</x:v>
+        <x:v>$6.2</x:v>
       </x:c>
       <x:c r="H631" t="str">
-        <x:v>128</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I631" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J631" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K631" t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L631" t="str">
-        <x:v>غ 135</x:v>
+        <x:v>غ 325</x:v>
       </x:c>
     </x:row>
     <x:row r="632">
       <x:c r="A632" t="str">
-        <x:v>9789953208268</x:v>
+        <x:v>9789953208824</x:v>
       </x:c>
       <x:c r="B632" t="str">
-        <x:v>11212</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="C632" t="str">
         <x:v/>
       </x:c>
       <x:c r="D632" t="str">
-        <x:v>متن جوهرة التوحيد</x:v>
+        <x:v>رسالة المعتقد</x:v>
       </x:c>
       <x:c r="E632" t="str">
         <x:v/>
       </x:c>
       <x:c r="F632" t="str">
-        <x:v>الشيخ الفقيه برهان الدين لبراهيم اللقاني</x:v>
+        <x:v>أبي عبد الله محمد بن خفيف الشيرازي</x:v>
       </x:c>
       <x:c r="G632" t="str">
         <x:v>$5</x:v>
       </x:c>
       <x:c r="H632" t="str">
-        <x:v>0</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I632" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J632" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K632" t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L632" t="str">
         <x:v>غ 135</x:v>
       </x:c>
     </x:row>
     <x:row r="633">
       <x:c r="A633" t="str">
-        <x:v>9789953208817</x:v>
+        <x:v>9789953208268</x:v>
       </x:c>
       <x:c r="B633" t="str">
-        <x:v>423536</x:v>
+        <x:v>11212</x:v>
       </x:c>
       <x:c r="C633" t="str">
         <x:v/>
       </x:c>
       <x:c r="D633" t="str">
-        <x:v>المجموع المفيد في شرح رساائل التوحيد</x:v>
+        <x:v>متن جوهرة التوحيد</x:v>
       </x:c>
       <x:c r="E633" t="str">
         <x:v/>
       </x:c>
       <x:c r="F633" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>الشيخ الفقيه برهان الدين لبراهيم اللقاني</x:v>
       </x:c>
       <x:c r="G633" t="str">
-        <x:v>$6.6</x:v>
+        <x:v>$5</x:v>
       </x:c>
       <x:c r="H633" t="str">
-        <x:v>248</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I633" t="str">
-        <x:v/>
+        <x:v>عربية</x:v>
       </x:c>
       <x:c r="J633" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K633" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L633" t="str">
-        <x:v>غ 380</x:v>
+        <x:v>غ 135</x:v>
       </x:c>
     </x:row>
     <x:row r="634">
       <x:c r="A634" t="str">
-        <x:v>9789953208848</x:v>
+        <x:v>9789953208817</x:v>
       </x:c>
       <x:c r="B634" t="str">
-        <x:v>33244</x:v>
+        <x:v>423536</x:v>
       </x:c>
       <x:c r="C634" t="str">
         <x:v/>
       </x:c>
       <x:c r="D634" t="str">
-        <x:v>احكام الفصول في شرح ذريعة الوصول الى اقتباس زبد الاصول</x:v>
+        <x:v>المجموع المفيد في شرح رساائل التوحيد</x:v>
       </x:c>
       <x:c r="E634" t="str">
         <x:v/>
       </x:c>
       <x:c r="F634" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G634" t="str">
-        <x:v>$6.1</x:v>
+        <x:v>$6.6</x:v>
       </x:c>
       <x:c r="H634" t="str">
-        <x:v>176</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I634" t="str">
-        <x:v>عربية</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J634" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K634" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L634" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 380</x:v>
       </x:c>
     </x:row>
     <x:row r="635">
       <x:c r="A635" t="str">
-        <x:v>9789950208831</x:v>
+        <x:v>9789953208848</x:v>
       </x:c>
       <x:c r="B635" t="str">
-        <x:v>5425</x:v>
+        <x:v>33244</x:v>
       </x:c>
       <x:c r="C635" t="str">
         <x:v/>
       </x:c>
       <x:c r="D635" t="str">
-        <x:v>القاديانية المؤامرة الدنية والعقيدة الكفرية</x:v>
+        <x:v>احكام الفصول في شرح ذريعة الوصول الى اقتباس زبد الاصول</x:v>
       </x:c>
       <x:c r="E635" t="str">
         <x:v/>
       </x:c>
       <x:c r="F635" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G635" t="str">
-        <x:v>$7</x:v>
+        <x:v>$6.1</x:v>
       </x:c>
       <x:c r="H635" t="str">
-        <x:v>256</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I635" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J635" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K635" t="str">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L635" t="str">
-        <x:v>غ 250</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="636">
       <x:c r="A636" t="str">
-        <x:v>9789953207032</x:v>
+        <x:v>9789950208831</x:v>
       </x:c>
       <x:c r="B636" t="str">
-        <x:v>524</x:v>
+        <x:v>5425</x:v>
       </x:c>
       <x:c r="C636" t="str">
         <x:v/>
       </x:c>
       <x:c r="D636" t="str">
-        <x:v>القواعد القرءانية والاصوا الايمانية</x:v>
+        <x:v>القاديانية المؤامرة الدنية والعقيدة الكفرية</x:v>
       </x:c>
       <x:c r="E636" t="str">
         <x:v/>
       </x:c>
       <x:c r="F636" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G636" t="str">
-        <x:v>$11.5</x:v>
+        <x:v>$7</x:v>
       </x:c>
       <x:c r="H636" t="str">
-        <x:v>384</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I636" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J636" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K636" t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L636" t="str">
-        <x:v>غ 500</x:v>
+        <x:v>غ 250</x:v>
       </x:c>
     </x:row>
     <x:row r="637">
       <x:c r="A637" t="str">
-        <x:v>9789953207735</x:v>
+        <x:v>9789953207032</x:v>
       </x:c>
       <x:c r="B637" t="str">
-        <x:v>34423534</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C637" t="str">
         <x:v/>
       </x:c>
       <x:c r="D637" t="str">
-        <x:v>الكوكب المنير بجواز الاحتفال بمولد الهادي البشير</x:v>
+        <x:v>القواعد القرءانية والاصوا الايمانية</x:v>
       </x:c>
       <x:c r="E637" t="str">
         <x:v/>
       </x:c>
       <x:c r="F637" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G637" t="str">
-        <x:v>$3.4</x:v>
+        <x:v>$11.5</x:v>
       </x:c>
       <x:c r="H637" t="str">
-        <x:v>160</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I637" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J637" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K637" t="str">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L637" t="str">
-        <x:v>غ 160</x:v>
+        <x:v>غ 500</x:v>
       </x:c>
     </x:row>
     <x:row r="638">
       <x:c r="A638" t="str">
-        <x:v>9789953208862</x:v>
+        <x:v>9789953207735</x:v>
       </x:c>
       <x:c r="B638" t="str">
-        <x:v>45235234</x:v>
+        <x:v>34423534</x:v>
       </x:c>
       <x:c r="C638" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D638" t="str">
-        <x:v>اجماع الائمة المجتهدين على ان المشبهة المجسمة غير مسلمين</x:v>
+        <x:v>الكوكب المنير بجواز الاحتفال بمولد الهادي البشير</x:v>
       </x:c>
       <x:c r="E638" t="str">
         <x:v/>
       </x:c>
       <x:c r="F638" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G638" t="str">
-        <x:v>$7.5</x:v>
+        <x:v>$3.4</x:v>
       </x:c>
       <x:c r="H638" t="str">
-        <x:v>256</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I638" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J638" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K638" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L638" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 160</x:v>
       </x:c>
     </x:row>
     <x:row r="639">
       <x:c r="A639" t="str">
-        <x:v>9789953208855</x:v>
+        <x:v>9789953208862</x:v>
       </x:c>
       <x:c r="B639" t="str">
-        <x:v>ق24234324</x:v>
+        <x:v>45235234</x:v>
       </x:c>
       <x:c r="C639" t="str">
-        <x:v/>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D639" t="str">
-        <x:v>تخفة الابرار في هجرة النبي المختار</x:v>
+        <x:v>اجماع الائمة المجتهدين على ان المشبهة المجسمة غير مسلمين</x:v>
       </x:c>
       <x:c r="E639" t="str">
         <x:v/>
       </x:c>
       <x:c r="F639" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G639" t="str">
-        <x:v>$6.8</x:v>
+        <x:v>$7.5</x:v>
       </x:c>
       <x:c r="H639" t="str">
-        <x:v>160</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I639" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J639" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K639" t="str">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L639" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="640">
       <x:c r="A640" t="str">
-        <x:v>9789953208886</x:v>
+        <x:v>9789953208855</x:v>
       </x:c>
       <x:c r="B640" t="str">
-        <x:v>42353647</x:v>
+        <x:v>ق24234324</x:v>
       </x:c>
       <x:c r="C640" t="str">
         <x:v/>
       </x:c>
       <x:c r="D640" t="str">
-        <x:v>المورد الهني في المولد السني</x:v>
+        <x:v>تخفة الابرار في هجرة النبي المختار</x:v>
       </x:c>
       <x:c r="E640" t="str">
         <x:v/>
       </x:c>
       <x:c r="F640" t="str">
-        <x:v>الحافظ زين الدين العراقي</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G640" t="str">
-        <x:v>$4</x:v>
+        <x:v>$6.8</x:v>
       </x:c>
       <x:c r="H640" t="str">
-        <x:v>120</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I640" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J640" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K640" t="str">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="L640" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="641">
       <x:c r="A641" t="str">
-        <x:v>9789953208787</x:v>
+        <x:v>9789953208886</x:v>
       </x:c>
       <x:c r="B641" t="str">
-        <x:v>63645</x:v>
+        <x:v>42353647</x:v>
       </x:c>
       <x:c r="C641" t="str">
         <x:v/>
       </x:c>
       <x:c r="D641" t="str">
-        <x:v>عقد الزبرجد في شرح الادب المفرد 7 مجلدات</x:v>
+        <x:v>المورد الهني في المولد السني</x:v>
       </x:c>
       <x:c r="E641" t="str">
         <x:v/>
       </x:c>
       <x:c r="F641" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>الحافظ زين الدين العراقي</x:v>
       </x:c>
       <x:c r="G641" t="str">
-        <x:v>$130</x:v>
+        <x:v>$4</x:v>
       </x:c>
       <x:c r="H641" t="str">
-        <x:v>3744</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I641" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J641" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K641" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L641" t="str">
-        <x:v>غ 6,740</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="642">
       <x:c r="A642" t="str">
-        <x:v>9789953208794</x:v>
+        <x:v>9789953208787</x:v>
       </x:c>
       <x:c r="B642" t="str">
-        <x:v>63457</x:v>
+        <x:v>63645</x:v>
       </x:c>
       <x:c r="C642" t="str">
         <x:v/>
       </x:c>
       <x:c r="D642" t="str">
-        <x:v>التحذير الشرعي الواجب مع وثائق</x:v>
+        <x:v>عقد الزبرجد في شرح الادب المفرد 7 مجلدات</x:v>
       </x:c>
       <x:c r="E642" t="str">
         <x:v/>
       </x:c>
       <x:c r="F642" t="str">
-        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G642" t="str">
-        <x:v>$35</x:v>
+        <x:v>$130</x:v>
       </x:c>
       <x:c r="H642" t="str">
-        <x:v>964</x:v>
+        <x:v>3744</x:v>
       </x:c>
       <x:c r="I642" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J642" t="str">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="K642" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L642" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 6,740</x:v>
       </x:c>
     </x:row>
     <x:row r="643">
       <x:c r="A643" t="str">
-        <x:v>9789953208897</x:v>
+        <x:v>9789953208794</x:v>
       </x:c>
       <x:c r="B643" t="str">
-        <x:v>356356</x:v>
+        <x:v>63457</x:v>
       </x:c>
       <x:c r="C643" t="str">
-        <x:v>مناسبات إسلامية</x:v>
+        <x:v/>
       </x:c>
       <x:c r="D643" t="str">
-        <x:v>نور العيون في تلخيص سيرة الامين المأمون</x:v>
+        <x:v>التحذير الشرعي الواجب مع وثائق</x:v>
       </x:c>
       <x:c r="E643" t="str">
         <x:v/>
       </x:c>
       <x:c r="F643" t="str">
-        <x:v>ابو الفتح محمد بن محمد سيد الناس اليعمري</x:v>
+        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
       </x:c>
       <x:c r="G643" t="str">
-        <x:v>$7.5</x:v>
+        <x:v>$35</x:v>
       </x:c>
       <x:c r="H643" t="str">
-        <x:v>64</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="I643" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J643" t="str">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="K643" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L643" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="644">
       <x:c r="A644" t="str">
-        <x:v>9789953208763</x:v>
+        <x:v>9789953208897</x:v>
       </x:c>
       <x:c r="B644" t="str">
-        <x:v>5245346</x:v>
+        <x:v>356356</x:v>
       </x:c>
       <x:c r="C644" t="str">
-        <x:v>عقيدة</x:v>
+        <x:v>مناسبات إسلامية</x:v>
       </x:c>
       <x:c r="D644" t="str">
-        <x:v>النور اللامع والبرهان الساطع في شرح عقائد الطحاور</x:v>
+        <x:v>نور العيون في تلخيص سيرة الامين المأمون</x:v>
       </x:c>
       <x:c r="E644" t="str">
         <x:v/>
       </x:c>
       <x:c r="F644" t="str">
-        <x:v>الامام الفاضل نجم الدين منكوبرس</x:v>
+        <x:v>ابو الفتح محمد بن محمد سيد الناس اليعمري</x:v>
       </x:c>
       <x:c r="G644" t="str">
-        <x:v>$32</x:v>
+        <x:v>$7.5</x:v>
       </x:c>
       <x:c r="H644" t="str">
-        <x:v>1104</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I644" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J644" t="str">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="K644" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L644" t="str">
-        <x:v>غ 1,530</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="645">
       <x:c r="A645" t="str">
-        <x:v>9789953209081</x:v>
+        <x:v>9789953208763</x:v>
       </x:c>
       <x:c r="B645" t="str">
-        <x:v>235635</x:v>
+        <x:v>5245346</x:v>
       </x:c>
       <x:c r="C645" t="str">
         <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D645" t="str">
-        <x:v>تفسير الاسماء والصفات 5 مجلدات</x:v>
+        <x:v>النور اللامع والبرهان الساطع في شرح عقائد الطحاور</x:v>
       </x:c>
       <x:c r="E645" t="str">
         <x:v/>
       </x:c>
       <x:c r="F645" t="str">
-        <x:v>أبو  منصور التميمي البغدادي</x:v>
+        <x:v>الامام الفاضل نجم الدين منكوبرس</x:v>
       </x:c>
       <x:c r="G645" t="str">
-        <x:v>$140</x:v>
+        <x:v>$32</x:v>
       </x:c>
       <x:c r="H645" t="str">
-        <x:v>2896</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="I645" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J645" t="str">
-        <x:v>2025</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="K645" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L645" t="str">
-        <x:v>غ 5,100</x:v>
+        <x:v>غ 1,530</x:v>
       </x:c>
     </x:row>
     <x:row r="646">
       <x:c r="A646" t="str">
-        <x:v>9789953208893</x:v>
+        <x:v>9789953209081</x:v>
       </x:c>
       <x:c r="B646" t="str">
-        <x:v>4234523</x:v>
+        <x:v>235635</x:v>
       </x:c>
       <x:c r="C646" t="str">
-        <x:v>الحديث وعلومه</x:v>
+        <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D646" t="str">
-        <x:v>سبك المعاني وسكب المعاني</x:v>
+        <x:v>تفسير الاسماء والصفات 5 مجلدات</x:v>
       </x:c>
       <x:c r="E646" t="str">
         <x:v/>
       </x:c>
       <x:c r="F646" t="str">
-        <x:v>الشيخ جميل حليم الحسيني</x:v>
+        <x:v>أبو  منصور التميمي البغدادي</x:v>
       </x:c>
       <x:c r="G646" t="str">
-        <x:v>$8.4</x:v>
+        <x:v>$140</x:v>
       </x:c>
       <x:c r="H646" t="str">
-        <x:v>388</x:v>
+        <x:v>2896</x:v>
       </x:c>
       <x:c r="I646" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J646" t="str">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="K646" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L646" t="str">
-        <x:v>0</x:v>
+        <x:v>غ 5,100</x:v>
       </x:c>
     </x:row>
     <x:row r="647">
       <x:c r="A647" t="str">
-        <x:v>9789953209197</x:v>
+        <x:v>9789953208893</x:v>
       </x:c>
       <x:c r="B647" t="str">
-        <x:v>34635457</x:v>
+        <x:v>4234523</x:v>
       </x:c>
       <x:c r="C647" t="str">
-        <x:v>عقيدة وفقه</x:v>
+        <x:v>الحديث وعلومه</x:v>
       </x:c>
       <x:c r="D647" t="str">
-        <x:v>جامع الخيرات الجزء 4</x:v>
+        <x:v>سبك المعاني وسكب المعاني</x:v>
       </x:c>
       <x:c r="E647" t="str">
         <x:v/>
       </x:c>
       <x:c r="F647" t="str">
-        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G647" t="str">
-        <x:v>$10</x:v>
+        <x:v>$8.4</x:v>
       </x:c>
       <x:c r="H647" t="str">
-        <x:v>320</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I647" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J647" t="str">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="K647" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L647" t="str">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="648">
+      <x:c r="A648" t="str">
+        <x:v>9789953209197</x:v>
+      </x:c>
+      <x:c r="B648" t="str">
+        <x:v>34635457</x:v>
+      </x:c>
+      <x:c r="C648" t="str">
+        <x:v>عقيدة وفقه</x:v>
+      </x:c>
+      <x:c r="D648" t="str">
+        <x:v>جامع الخيرات الجزء 4</x:v>
+      </x:c>
+      <x:c r="E648" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F648" t="str">
+        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+      </x:c>
+      <x:c r="G648" t="str">
+        <x:v>$10</x:v>
+      </x:c>
+      <x:c r="H648" t="str">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="I648" t="str">
+        <x:v>عربية</x:v>
+      </x:c>
+      <x:c r="J648" t="str">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="K648" t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L648" t="str">
         <x:v>غ 640</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="649">
+      <x:c r="A649" t="str">
+        <x:v>9789953209210</x:v>
+      </x:c>
+      <x:c r="B649" t="str">
+        <x:v>ث234525634</x:v>
+      </x:c>
+      <x:c r="C649" t="str">
+        <x:v>تفاسير</x:v>
+      </x:c>
+      <x:c r="D649" t="str">
+        <x:v>الميسر في التفسير المختصر من تفسير النسفي</x:v>
+      </x:c>
+      <x:c r="E649" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F649" t="str">
+        <x:v>الشيخ أبو البركات عبد الله  النسفي</x:v>
+      </x:c>
+      <x:c r="G649" t="str">
+        <x:v>$36</x:v>
+      </x:c>
+      <x:c r="H649" t="str">
+        <x:v>1824</x:v>
+      </x:c>
+      <x:c r="I649" t="str">
+        <x:v>عربية</x:v>
+      </x:c>
+      <x:c r="J649" t="str">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="K649" t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L649" t="str">
+        <x:v>غ 3,004</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="650">
+      <x:c r="A650" t="str">
+        <x:v>9789953209258</x:v>
+      </x:c>
+      <x:c r="B650" t="str">
+        <x:v>425423</x:v>
+      </x:c>
+      <x:c r="C650" t="str">
+        <x:v>فقه</x:v>
+      </x:c>
+      <x:c r="D650" t="str">
+        <x:v>المختصر الصغير فيما لا بد من معرفيه من العبادات</x:v>
+      </x:c>
+      <x:c r="E650" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F650" t="str">
+        <x:v>الشيخ عبد الله بلفضل الحضرمي</x:v>
+      </x:c>
+      <x:c r="G650" t="str">
+        <x:v>$3.2</x:v>
+      </x:c>
+      <x:c r="H650" t="str">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="I650" t="str">
+        <x:v>عربية</x:v>
+      </x:c>
+      <x:c r="J650" t="str">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="K650" t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L650" t="str">
+        <x:v>غ 80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="651">
+      <x:c r="A651" t="str">
+        <x:v>9789953209241</x:v>
+      </x:c>
+      <x:c r="B651" t="str">
+        <x:v>34634</x:v>
+      </x:c>
+      <x:c r="C651" t="str">
+        <x:v>فقه</x:v>
+      </x:c>
+      <x:c r="D651" t="str">
+        <x:v>المقدمة الحضرمية في فقه السادة الشافعية</x:v>
+      </x:c>
+      <x:c r="E651" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F651" t="str">
+        <x:v>الشيخ عبد الله بلفضل الحضرمي</x:v>
+      </x:c>
+      <x:c r="G651" t="str">
+        <x:v>$8</x:v>
+      </x:c>
+      <x:c r="H651" t="str">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="I651" t="str">
+        <x:v>عربية</x:v>
+      </x:c>
+      <x:c r="J651" t="str">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="K651" t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L651" t="str">
+        <x:v>غ 200</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="652">
+      <x:c r="A652" t="str">
+        <x:v>9789953208695</x:v>
+      </x:c>
+      <x:c r="B652" t="str">
+        <x:v>534635</x:v>
+      </x:c>
+      <x:c r="C652" t="str">
+        <x:v>عقيدة</x:v>
+      </x:c>
+      <x:c r="D652" t="str">
+        <x:v>الصراط المستقيم انكليزي</x:v>
+      </x:c>
+      <x:c r="E652" t="str">
+        <x:v>The Righteous Path</x:v>
+      </x:c>
+      <x:c r="F652" t="str">
+        <x:v>المحدث الشيخ عبد الله الهرري</x:v>
+      </x:c>
+      <x:c r="G652" t="str">
+        <x:v>$8</x:v>
+      </x:c>
+      <x:c r="H652" t="str">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="I652" t="str">
+        <x:v>إنكليزية</x:v>
+      </x:c>
+      <x:c r="J652" t="str">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="K652" t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L652" t="str">
+        <x:v>غ 400</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="653">
+      <x:c r="A653" t="str">
+        <x:v>9789953208923</x:v>
+      </x:c>
+      <x:c r="B653" t="str">
+        <x:v>5345</x:v>
+      </x:c>
+      <x:c r="C653" t="str">
+        <x:v>عقيدة</x:v>
+      </x:c>
+      <x:c r="D653" t="str">
+        <x:v>الدرر السنية في تنزيه الله من كل صفات الجسمية</x:v>
+      </x:c>
+      <x:c r="E653" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F653" t="str">
+        <x:v>الشيخ جميل حليم الحسيني</x:v>
+      </x:c>
+      <x:c r="G653" t="str">
+        <x:v>$6</x:v>
+      </x:c>
+      <x:c r="H653" t="str">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="I653" t="str">
+        <x:v>عربية</x:v>
+      </x:c>
+      <x:c r="J653" t="str">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="K653" t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="L653" t="str">
+        <x:v>غ 380</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>