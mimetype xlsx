--- v1 (2026-01-07)
+++ v2 (2026-03-12)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra01cd135eecc4c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd321a3bd79484ddb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Price List" sheetId="1" r:id="Rca0d94d2d4f54146"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Price List" sheetId="1" r:id="R1d75d26e6ee24aee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="#,##0.00\ &quot;ل.ل.‏&quot;"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="13"/>
       <x:name val="Century Gothic"/>
     </x:font>
   </x:fonts>
   <x:fills>
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
   </x:fills>
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" xfId="0"/>
     <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra9b72297fc2a4729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5150c501d5f14d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca0d94d2d4f54146" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8469dcca66484752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5484aa65c5a149ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d75d26e6ee24aee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="15" customWidth="1"/>
     <x:col min="2" max="2" width="15" customWidth="1"/>
     <x:col min="3" max="3" width="50" customWidth="1"/>
     <x:col min="4" max="4" width="50" customWidth="1"/>
     <x:col min="5" max="5" width="50" customWidth="1"/>
     <x:col min="6" max="6" width="50" customWidth="1"/>
     <x:col min="7" max="7" width="10" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="10" customWidth="1"/>
     <x:col min="10" max="10" width="10" customWidth="1"/>
     <x:col min="11" max="11" width="10" customWidth="1"/>
     <x:col min="12" max="12" width="10" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>ISBN</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Code</x:v>
@@ -19582,54 +19582,54 @@
       <x:c r="B514" t="str">
         <x:v>FQHA047</x:v>
       </x:c>
       <x:c r="C514" t="str">
         <x:v>عقيدة</x:v>
       </x:c>
       <x:c r="D514" t="str">
         <x:v>متن الفقه الأكبر</x:v>
       </x:c>
       <x:c r="E514" t="str">
         <x:v>Matn Al Fiqh Al Akbar</x:v>
       </x:c>
       <x:c r="F514" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G514" t="str">
         <x:v>$1.65</x:v>
       </x:c>
       <x:c r="H514" t="str">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I514" t="str">
         <x:v>عربية</x:v>
       </x:c>
       <x:c r="J514" t="str">
-        <x:v>2015</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="K514" t="str">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L514" t="str">
         <x:v>غ 60</x:v>
       </x:c>
     </x:row>
     <x:row r="515">
       <x:c r="A515" t="str">
         <x:v>9789953207926</x:v>
       </x:c>
       <x:c r="B515" t="str">
         <x:v>000000</x:v>
       </x:c>
       <x:c r="C515" t="str">
         <x:v/>
       </x:c>
       <x:c r="D515" t="str">
         <x:v>ضياء القمرين في نجاة والدي الرسول الشريفين</x:v>
       </x:c>
       <x:c r="E515" t="str">
         <x:v>ضياء القمرين في نجاة والدي الرسول الشريفين</x:v>
       </x:c>
       <x:c r="F515" t="str">
         <x:v>الشيخ جميل حليم الحسيني</x:v>
       </x:c>
       <x:c r="G515" t="str">